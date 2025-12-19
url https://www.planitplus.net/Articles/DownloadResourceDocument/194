--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -44,51 +44,51 @@
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="293" r:id="rId6"/>
     <p:sldId id="301" r:id="rId7"/>
     <p:sldId id="295" r:id="rId8"/>
     <p:sldId id="300" r:id="rId9"/>
     <p:sldId id="299" r:id="rId10"/>
     <p:sldId id="296" r:id="rId11"/>
     <p:sldId id="297" r:id="rId12"/>
     <p:sldId id="303" r:id="rId13"/>
     <p:sldId id="302" r:id="rId14"/>
     <p:sldId id="298" r:id="rId15"/>
     <p:sldId id="267" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
@@ -1625,60 +1625,60 @@
           </a:bottom>
           <a:insideH>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="11794" autoAdjust="0"/>
-    <p:restoredTop sz="73249" autoAdjust="0"/>
+    <p:restoredTop sz="76131" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="45" d="100"/>
-          <a:sy n="45" d="100"/>
+          <a:sx n="84" d="100"/>
+          <a:sy n="84" d="100"/>
         </p:scale>
-        <p:origin x="2044" y="88"/>
+        <p:origin x="1770" y="90"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -1757,51 +1757,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2291,51 +2291,51 @@
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>By the end of this session you should: </a:t>
+              <a:t>By the end of this session, you should: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-GB" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
@@ -2347,51 +2347,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>know what a competency is</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Know how to identify a competency in a job description</a:t>
+              <a:t>know how to identify a competency in a job description</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>understand how a competency-based interview works</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
@@ -2715,63 +2715,67 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>So to </a:t>
+              <a:t>So, to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>summarise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t> (click for each bullet)</a:t>
+              <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>[click for each bullet]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Read the job description carefully and identify the competencies/skills they are looking for.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -2830,75 +2834,75 @@
               </a:rPr>
               <a:t>Don’t </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>memorise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t> your answers as each example should be adapted to suit the question.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>For example – if communication is one of the competencies don’t </a:t>
+              <a:t>For example – if communication is one of the competencies, don’t </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>memorise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t> an answer for a time you had to talk about a science project you presented to your peers, as the question may be about written communication skills. Instead have this as an example that you could adapt for Communication (verbal), Presenting, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Organisation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>, Planning</a:t>
+              <a:t>, Planning.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Practise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t> speaking out your answers, making sure you are being clear about each stage.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
@@ -2920,93 +2924,81 @@
               </a:rPr>
               <a:t>So let’s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>practise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>! </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>(This can be done in pairs, groups or individually) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>This activity can be completed in own time if time does not permit</a:t>
+              <a:t>This activity can be completed in their own time if time does not permit</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Activity 2 – Writing responses and role play</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Timing: 45:00 </a:t>
-[...11 lines deleted...]
-              <a:t>with Activity 2)</a:t>
+              <a:t>Timing: 45:00 (60 mins with Activity 2)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
@@ -3224,73 +3216,73 @@
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>We have already discussed skills and how you can identify the skills you have. A competency is your ability to perform that skill. The competencies required depends on the job, the company needs and position you hold. A higher level will be required for supervisory or management roles.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Employers often use competencies to find the best candidate for the job.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>(Click for each competency)</a:t>
+              <a:t>[Click for each competency]</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Communicating – Communicating in the best way so that other people understand us (written or verbal)</a:t>
+              <a:t>Communicating – communicating in the best way so that other people understand us (written or verbal)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Self-development – wanting to improve your skills and continue to learn</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Organisation</a:t>
             </a:r>
@@ -3300,51 +3292,63 @@
               </a:rPr>
               <a:t>/Planning – you are able to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0" err="1">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>organise</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t> your workload using the resources you have in the most effective way</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Problem Solving – able to a problem and find a solution or alternative</a:t>
+              <a:t>Problem Solving – able to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>analyse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> a problem and find a solution or alternative</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Decision-making – making the right decision based on the facts and information you have</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Collaboration/Teamwork – work together with colleagues and customers/clients</a:t>
             </a:r>
@@ -3373,51 +3377,51 @@
               <a:t>Initiative – be proactive, look for ways to improve</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Customer Service – provide customers with the best service possible</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Listening – able listen and understand what you are being told</a:t>
+              <a:t>Listening – able to listen to and understand what you are being told</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Leadership – taking responsibility and leading the way</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Responsibility – taking ownership of your work and owning up to your mistakes and fixing them</a:t>
@@ -3644,51 +3648,51 @@
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Competency-based interviews give you the chance to give real life experiences as examples.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>For example: Instead of interviewer asking you what skills you can bring to the job, they will ask a question about a skill they think necessary for the job, such as </a:t>
+              <a:t>For example: Instead of an interviewer asking you what skills you can bring to the job, they will ask a question about a skill they think necessary for the job, such as </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>‘Can you tell me a time when you worked within a team on a project to meet a deadline?’</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
@@ -3856,51 +3860,51 @@
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Some examples </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Let’s look at some examples of some job descriptions for the same position within different local authorities.</a:t>
+              <a:t>Let’s look at some examples of job descriptions for the same position within different local authorities.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Example 1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
@@ -4417,120 +4421,118 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>How do you know if it’s a competency-based question?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>So instead of saying “What skills can you bring to the job?” they would ask in a way that requires you to give a real life example.</a:t>
+              <a:t>So instead of saying “What skills can you bring to the job?” they would ask in a way that requires you to give a real-life example.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
-              <a:rPr lang="en-US" b="0" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Click for each bullet point</a:t>
+              <a:t>[Click for each bullet point]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>So how do we answer a competency-based question? This can look quite scary but if you prepare in advance, you should be able to answer the questions confidently. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Once you have identified the competencies they are looking for, you can think of examples of real life situations. It is good to have 2 or 3 examples for every competency. It is also useful to note that one example could answer more than one competency. You just couldn’t use the same example twice within the interview.</a:t>
+              <a:t>Once you have identified the competencies they are looking for, you can think of examples of real-life situations. It is good to have 2 or 3 examples for every competency. It is also useful to note that one example could answer more than one competency. You just couldn’t use the same example twice within the interview.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>We’ll now go on to look at structuring your answers</a:t>
+              <a:t>We’ll now go on to look at structuring your answers.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Timing: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>23:30</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -4613,67 +4615,104 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>STARR Model</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>The interviewer will ask a question and your answer will be scored. </a:t>
+              <a:t>The interviewer will ask a question, and your answer will be scored. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Your answer would be broken down into the following:</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>[Click for each example]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
@@ -4745,90 +4784,90 @@
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Action</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>: Describe how you set about completing the task. This is where you would gain the most points so you want to go into detail.</a:t>
+              <a:t>: Describe how you set about completing the task. This is where you would gain the most points, so you want to go in to detail.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Result: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Describe the outcome and how it went, for example, was it successful or were there any difficulties, including any feedback you received. </a:t>
+              <a:t>Describe the outcome and how it went. For example, was it successful or were there any difficulties, including any feedback you received?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -4993,51 +5032,51 @@
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>So an example question is </a:t>
+              <a:t>So, an example question is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Can you tell me about a time when you successfully completed a task as part of a team</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>?” </a:t>
             </a:r>
@@ -5319,77 +5358,77 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Action</a:t>
+              <a:t>Action:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>: </a:t>
+              <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>After discussing some ideas with the team of how to encourage donations, I produced some flyers and suggested that they are given to local businesses to display in their windows and to post through resident's doors. I made a list of places we would cover and I divided this up between the team to distribute them.</a:t>
+              <a:t>After discussing some ideas with the team of how to encourage donations, I produced some flyers and suggested that they are given to local businesses to display in their windows and to post through resident's doors. I made a list of places we would cover, and I divided this up between the team to distribute them.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
@@ -5586,60 +5625,119 @@
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-GB" sz="1200" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>[Click to show task 3]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Task 3. So this question was about teamwork. Can you think what other competencies we could use this example for? Take a few minutes to discuss.</a:t>
+              <a:t>Task 3. So, this question was about teamwork. Can you think what other competencies we could use this example for? Take a few minutes to discuss.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1200" b="1" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
@@ -5925,51 +6023,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6095,51 +6193,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6275,51 +6373,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6445,51 +6543,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6689,51 +6787,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6921,51 +7019,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7288,51 +7386,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7406,51 +7504,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7501,51 +7599,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7778,51 +7876,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8035,51 +8133,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8252,51 +8350,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -10037,52 +10135,52 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1516289" y="414981"/>
             <a:ext cx="7038443" cy="516378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{626C1F4C-3C24-4D41-B80B-D616F9E5A164}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1516290" y="503656"/>
-            <a:ext cx="7095977" cy="369332"/>
+            <a:off x="1516291" y="503656"/>
+            <a:ext cx="7038442" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Summarising Competency-based interviews</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -17272,51 +17370,51 @@
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Skills and Abilities</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="40" name="Table 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F3C3FFF-6A2A-4B13-9B1E-241314602D6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353313147"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2177042215"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3391593" y="1435489"/>
           <a:ext cx="5246266" cy="4769583"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="528659">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2169116953"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2268663">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -19759,52 +19857,52 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1516289" y="414981"/>
             <a:ext cx="7038443" cy="516378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{560CBB3B-AD9F-48CF-BB54-5B68A3EADC2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1516290" y="503656"/>
-            <a:ext cx="7095977" cy="369332"/>
+            <a:off x="1516291" y="514672"/>
+            <a:ext cx="7012720" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Prepare – Identify competencies and examples</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -20952,52 +21050,52 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1516289" y="414981"/>
             <a:ext cx="7038443" cy="516378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6F9DBF6-BD90-4364-9BDD-D2E5E18B8C61}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1516290" y="503656"/>
-            <a:ext cx="7095977" cy="369332"/>
+            <a:off x="1516291" y="503656"/>
+            <a:ext cx="7038442" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Prepare – Identify competencies and examples</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -28520,50 +28618,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a57c24ac6be6d32fb3537125d8823cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a516e279d324a9a7f999b1d15b38668d" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -28756,122 +28865,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6E6F4A-3DA9-4F61-923E-2309AB9AF519}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
+    <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49572682-E9E8-4CE4-80FF-5E7AE795F0FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>2845</Words>
+  <Words>2869</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>375</Paragraphs>
+  <Paragraphs>380</Paragraphs>
   <Slides>12</Slides>
   <Notes>12</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
@@ -28895,46 +28993,46 @@
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Development Award National 4</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Marian Hester</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010076D4B49E15B1BE47974D400D412D1E04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>