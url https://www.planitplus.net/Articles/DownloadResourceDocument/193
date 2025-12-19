--- v0 (2025-10-11)
+++ v1 (2025-12-19)
@@ -480,63 +480,63 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="22623" autoAdjust="0"/>
     <p:restoredTop sz="72182" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="80" d="100"/>
           <a:sy n="80" d="100"/>
         </p:scale>
-        <p:origin x="1368" y="96"/>
+        <p:origin x="1368" y="78"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -615,51 +615,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3070,51 +3070,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3240,51 +3240,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3420,51 +3420,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3590,51 +3590,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3834,51 +3834,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4066,51 +4066,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4433,51 +4433,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4551,51 +4551,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4646,51 +4646,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4923,51 +4923,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5180,51 +5180,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5397,51 +5397,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/5/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5798,51 +5798,51 @@
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.svg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.svg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
@@ -8937,276 +8937,234 @@
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="21145157">
             <a:off x="1329983" y="4204086"/>
             <a:ext cx="1833660" cy="757159"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Picture 16">
+          <p:cNvPr id="19" name="Picture 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D192FF3-F02C-4692-9026-6E37932BACE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBAC6505-181F-4013-AE19-864C48938B8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId12">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
-[...40 lines deleted...]
-          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="21410802">
-            <a:off x="4585957" y="3149613"/>
+            <a:off x="4333294" y="3325251"/>
             <a:ext cx="1862578" cy="558773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Picture 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1023C46-101C-434A-BEA3-CA1B39CC281B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14">
+          <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="316456">
             <a:off x="5967277" y="4398706"/>
             <a:ext cx="1407694" cy="495300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Picture 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57416DCA-02E4-4880-8346-171255BA2AE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId15">
+          <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="20939795">
             <a:off x="4009330" y="4421945"/>
             <a:ext cx="1333500" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Picture 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B1BECD1-8A25-4F3D-9B41-423D28CCAA12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId16">
+          <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="344748">
             <a:off x="1020284" y="3090050"/>
             <a:ext cx="2404335" cy="588017"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="27" name="Picture 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F069051E-F7DF-4127-9D09-010149BB9540}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId17">
+          <a:blip r:embed="rId16">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="225356">
             <a:off x="1130313" y="1716895"/>
             <a:ext cx="2616908" cy="719893"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
@@ -9228,50 +9186,93 @@
           <a:xfrm>
             <a:off x="4572000" y="1381201"/>
             <a:ext cx="2511546" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Local vacancies</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2246E452-9358-5EC1-74AE-A1196BDED3B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId17">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="207586">
+            <a:off x="4511301" y="2120109"/>
+            <a:ext cx="2324890" cy="720786"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3950660048"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
@@ -15320,59 +15321,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a57c24ac6be6d32fb3537125d8823cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a516e279d324a9a7f999b1d15b38668d" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -15565,155 +15577,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9A634E-7ACB-4CEB-A015-32D6A70E2AA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73F614A-E661-486E-94CD-919FE973C1AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE4BEA89-C925-446A-AA84-32E851025E34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
   <Words>1478</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>165</Paragraphs>
   <Slides>7</Slides>
   <Notes>7</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
-      <vt:lpstr>Raleway SemiBold</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Segoe UI</vt:lpstr>
+      <vt:lpstr>Raleway Medium</vt:lpstr>
+      <vt:lpstr>Stencil</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Comic Sans MS</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Stencil</vt:lpstr>
+      <vt:lpstr>Segoe UI</vt:lpstr>
+      <vt:lpstr>Raleway SemiBold</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
+      <vt:lpstr>Maximus</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Balloonist SF</vt:lpstr>
+      <vt:lpstr>Stencil ICG</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:subject/>
   <dc:creator>Marian Hester</dc:creator>