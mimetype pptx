--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -420,63 +420,63 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="10007" autoAdjust="0"/>
-    <p:restoredTop sz="54167" autoAdjust="0"/>
+    <p:restoredTop sz="96106" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="35" d="100"/>
-          <a:sy n="35" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="2392" y="24"/>
+        <p:origin x="1224" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -555,51 +555,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1085,51 +1085,51 @@
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>By the end of this session you should be able to: </a:t>
+              <a:t>By the end of this session, you should be able to: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="960"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
@@ -2361,51 +2361,51 @@
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
               <a:t>Usually the employer, or a member of the company’s HR team, will call you at an agreed time, so you need to be prepared for when they do. Y</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
               </a:rPr>
-              <a:t>ou should expect the same questions as in a face to face interview.</a:t>
+              <a:t>ou should expect the same questions as in a face-to-face interview.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="FranklinGothic-Medium"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -3658,51 +3658,51 @@
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
-              <a:t>Live on-screen videos are popular in the early stages of hiring and are very similar to a face to face interview, with the benefit of no one having to travel to the interview location. Employers can also recruit from around the world using this method. </a:t>
+              <a:t>Live on-screen videos are popular in the early stages of hiring and are very similar to a face-to-face interview, with the benefit of no one having to travel to the interview location. Employers can also recruit from around the world using this method. </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
               <a:t> </a:t>
@@ -3858,51 +3858,51 @@
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
-              <a:t>Pre-recorded interviews are normally used by larger companies, who have a lot of candidates for a job. The interview is recorded and they can watch the answers at a time that suits them, rather than rely on notes taken at a live interview.</a:t>
+              <a:t>Pre-recorded interviews are normally used by larger companies, who have a lot of candidates for a job. The interview is recorded, and they can watch the answers at a time that suits them, rather than rely on notes taken at a live interview.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
               <a:t> </a:t>
@@ -4131,51 +4131,51 @@
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
               <a:t>Answer: You’re not speaking to a real person. You may feel self-conscious talking to your computer knowing you are being filmed. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
               </a:rPr>
-              <a:t>It would help if you try to imagine you are talking to a real person. You could practice in front of a mirror or with a friend to help.</a:t>
+              <a:t>It would help if you try to imagine you are talking to a real person. You could practise in front of a mirror or with a friend to help.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
@@ -4277,51 +4277,51 @@
               <a:t>Preparing for a video interview</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
               </a:rPr>
-              <a:t>Let’s first of all watch this short video on interview tips (click Peabody logo): </a:t>
+              <a:t>First let’s watch this short video on interview tips (click Peabody logo): </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="275B9C"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://youtu.be/3e9uzOJnKmc</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="275B9C"/>
                 </a:solidFill>
@@ -4358,51 +4358,51 @@
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
               </a:rPr>
-              <a:t>Video interviews are just as important as face to face interviews, so you would prepare the same way, including researching the company. (To recap on preparing for face to face interviews, you can revisit Module 12 – A standard (strengths-based) interview and Module 13 – Competency-based interviews.)</a:t>
+              <a:t>Video interviews are just as important as face-to-face interviews, so you would prepare the same way, including researching the company. (To recap on preparing for face-to-face interviews, you can revisit Module 12 – A standard (strengths-based) interview and Module 13 – Competency-based interviews.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="FranklinGothic-Medium"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -4798,51 +4798,51 @@
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
               </a:rPr>
-              <a:t>Treat this like any other interview and dress smartly. This is still an interview and you want to make a good impression. If you dress smart, it will help you to feel more confident and professional.</a:t>
+              <a:t>Treat this like any other interview and dress smartly. This is still an interview, and you want to make a good impression. If you dress smart, it will help you to feel more confident and professional.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Medium"/>
@@ -5043,51 +5043,51 @@
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
               <a:t>Make sure you find a suitable well-lit spot. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
-              <a:t>It should be somewhere quiet that has good internet access and privacy. You don’t want to be interrupted half way through. Make sure you have enough time set by that you are not rushed.</a:t>
+              <a:t>It should be somewhere quiet that has good internet access and privacy. You don’t want to be interrupted halfway through. Make sure you have enough time set by that you are not rushed.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
@@ -5816,51 +5816,51 @@
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
               </a:rPr>
-              <a:t>When answering questions, be aware of any time limits. For example, you may be given 15 seconds to think about an answer, then 60 seconds to give an answer. In these case there would be a timer onscreen.</a:t>
+              <a:t>When answering questions, be aware of any time limits. For example, you may be given 15 seconds to think about an answer, then 60 seconds to give an answer. In this case there would be a timer onscreen.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="FranklinGothic-Book"/>
@@ -6553,51 +6553,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6723,51 +6723,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6903,51 +6903,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7073,51 +7073,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7317,51 +7317,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7549,51 +7549,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7916,51 +7916,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8034,51 +8034,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8129,51 +8129,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8406,51 +8406,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8663,51 +8663,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8880,51 +8880,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/21/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -10223,51 +10223,51 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="535956" y="414399"/>
             <a:ext cx="772851" cy="766668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4DA91DE-2165-443B-98FF-7B6FC1F1D179}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1566736" y="600204"/>
+            <a:off x="1566736" y="617457"/>
             <a:ext cx="5456364" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Video interview hints and tips</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
@@ -10493,52 +10493,52 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="TextBox 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9212F14-4F85-4CEE-8FAF-95B0DB636A0D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="5593078" y="4371130"/>
-              <a:ext cx="4901686" cy="307777"/>
+              <a:off x="5593078" y="4400005"/>
+              <a:ext cx="4792617" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                 </a:rPr>
                 <a:t>Activity 1: Video interview hints and tips</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
@@ -10640,51 +10640,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5248721" y="3409946"/>
             <a:ext cx="2241546" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0F0F0F"/>
                 </a:solidFill>
                 <a:latin typeface="Raleway ExtraBold" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Interview Skills 'Do’s and Don’ts' - by Sky</a:t>
+              <a:t>Interview Skills 'Dos and Don’ts' - by Sky</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" b="1" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0F0F0F"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Raleway ExtraBold" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1532044042"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12184,92 +12184,92 @@
               <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Overlock Black" panose="02000503030000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>INTERVIEW TYPES</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="TextBox 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D53E6CC-FECA-4589-96D1-F323BF18875F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6874732" y="2987654"/>
+            <a:off x="6874732" y="2958779"/>
             <a:ext cx="1787490" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Overlock Black" panose="02000503030000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Telephone</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="TextBox 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EAEF48E-9C51-4FD8-B303-2F60154984DE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6874732" y="3719807"/>
+            <a:off x="6874732" y="3710182"/>
             <a:ext cx="1787490" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Overlock Black" panose="02000503030000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Live video</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -12887,51 +12887,51 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Arrow: Pentagon 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B5F0DE8-A570-4B43-8416-C3CB319F0A61}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3099967" y="2215873"/>
             <a:ext cx="5382470" cy="335234"/>
           </a:xfrm>
           <a:prstGeom prst="homePlate">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="92D050"/>
+            <a:srgbClr val="00B050"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent4">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent4"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent4"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
@@ -14480,51 +14480,51 @@
             <a:r>
               <a:rPr lang="en-GB" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ASK QUESTIONS!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="18" name="Group 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E15026FE-9F2B-43D0-9D9D-6BEEEE65CF3D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="876348" y="2525133"/>
+            <a:off x="876348" y="2519621"/>
             <a:ext cx="2104022" cy="347323"/>
             <a:chOff x="876348" y="2525133"/>
             <a:chExt cx="2104022" cy="347323"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="8" name="Picture 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABFBDEAA-C119-40B8-AD2F-8F0104B44F83}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -14596,51 +14596,51 @@
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                 </a:rPr>
                 <a:t> loud and clearly</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="19" name="Group 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE14DB3D-779C-4061-96FE-ACFE555D9BFE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="876348" y="2990160"/>
+            <a:off x="876348" y="3091928"/>
             <a:ext cx="2295862" cy="461665"/>
             <a:chOff x="876348" y="2990160"/>
             <a:chExt cx="2295862" cy="461665"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="25" name="Picture 24">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDCB4F0D-0DB1-4D62-BB51-B8F0EE38D892}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -14701,51 +14701,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Listen – and make notes for questions later</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="21" name="Group 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{368BF9E4-3B61-416A-92E4-2F02E1826635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="876348" y="3628248"/>
+            <a:off x="876348" y="3777649"/>
             <a:ext cx="1320314" cy="347323"/>
             <a:chOff x="876348" y="3628248"/>
             <a:chExt cx="1320314" cy="347323"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="27" name="Picture 26">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBBF853E-12F4-466F-B178-5D7F7EAA900B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -14806,51 +14806,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Breathe!</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="44" name="Group 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BB8871C-728F-4B5B-823B-D80452165B1B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="876348" y="4215064"/>
+            <a:off x="876348" y="4467256"/>
             <a:ext cx="1225722" cy="347323"/>
             <a:chOff x="876348" y="4215064"/>
             <a:chExt cx="1225722" cy="347323"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="30" name="Picture 29">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67A3A593-98F1-4D99-8AB4-E5A7852777B6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -14911,51 +14911,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Smile!</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="45" name="Group 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2B7E079-15F2-4118-9095-1F363A94FD8D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="876348" y="4838169"/>
+            <a:off x="876348" y="5158575"/>
             <a:ext cx="2539514" cy="461665"/>
             <a:chOff x="876348" y="4838169"/>
             <a:chExt cx="2539514" cy="461665"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="33" name="Picture 32">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFB8F56C-82FA-4BF8-8A61-FDCEE406CB80}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -15016,51 +15016,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Ask them to repeat a question if you cannot hear </a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="47" name="Group 46">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81345A67-2894-4F46-9B70-DF5B4CDB4A6C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3507855" y="2965093"/>
+            <a:off x="3507855" y="3155778"/>
             <a:ext cx="1787648" cy="333964"/>
             <a:chOff x="3507855" y="2965093"/>
             <a:chExt cx="1787648" cy="333964"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="11" name="Picture 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35FFBA5F-3D04-4C36-9827-114F7B354B1E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId13">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -15121,51 +15121,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Get distracted</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="48" name="Group 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6515955-F059-4C51-A488-587D4402B0C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3507855" y="3449064"/>
+            <a:off x="3507855" y="3784328"/>
             <a:ext cx="1694767" cy="333964"/>
             <a:chOff x="3507855" y="3449064"/>
             <a:chExt cx="1694767" cy="333964"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="36" name="Picture 35">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5151951-FC84-4010-89CE-BB715552B7BE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId13">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -15226,51 +15226,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Eat or drink</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="49" name="Group 48">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7239C33B-7B60-4BC4-ADB3-0BFB3D63D24B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3507855" y="3932932"/>
+            <a:off x="3507855" y="4473935"/>
             <a:ext cx="1610683" cy="333964"/>
             <a:chOff x="3507855" y="3932932"/>
             <a:chExt cx="1610683" cy="333964"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="38" name="Picture 37">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCC518EF-0EBC-4D0C-BABE-1EFDCE8AEF3B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId13">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -15331,51 +15331,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Sound bored</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="50" name="Group 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6991F6B8-9B80-4A7D-82D8-216133B62D49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3507855" y="4457794"/>
+            <a:off x="3507855" y="5170470"/>
             <a:ext cx="1850809" cy="333964"/>
             <a:chOff x="3507855" y="4457794"/>
             <a:chExt cx="1850809" cy="333964"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="40" name="Picture 39">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17D30163-AF8F-4E80-8BB7-A7DA59DDB348}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId13">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -15436,51 +15436,51 @@
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
                 </a:rPr>
                 <a:t>Slouch</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="46" name="Group 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E719ABA1-905A-48C5-8301-9C544E27B17C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3507855" y="2514109"/>
+            <a:off x="3507855" y="2526300"/>
             <a:ext cx="1900929" cy="333964"/>
             <a:chOff x="3507855" y="2514109"/>
             <a:chExt cx="1900929" cy="333964"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="42" name="Picture 41">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C186BCC5-ECC4-4C4D-98D2-268A2DEC07E0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId13">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
@@ -16776,51 +16776,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Overlock" panose="02000506030000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Similar to face to face interview</a:t>
+              <a:t>Similar to face-to-face interview</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="TextBox 73">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD09B142-264D-488D-BE84-A9B678BB7BB5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1669858" y="2438224"/>
             <a:ext cx="2109418" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -20638,243 +20638,183 @@
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3390883" y="4062016"/>
               <a:ext cx="4350221" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en-GB" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="FFFF00"/>
+                    <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Accent SF" pitchFamily="2" charset="0"/>
                 </a:rPr>
                 <a:t>2. CHECK YOUR EQUIPMENT</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="TextBox 21">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E8E1985-3B4F-4FFD-BA29-BF9F04870E65}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3787644" y="4459602"/>
               <a:ext cx="4494345" cy="1815882"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Live videos </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t>- Set your equipment up in plenty of time.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Check internet connection </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t>– and your webcam.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Background</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t> – keep it clutter free.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Adjust the lighting </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t>– to be seen clearly.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Volume</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t> – ensure it is turned up.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Use a professional log in name </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t>- this can be seen </a:t>
               </a:r>
               <a:br>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
               </a:br>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-                </a:rPr>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
                 <a:t>on screen.</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
               </a:pPr>
-              <a:endParaRPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="en-GB" sz="1400" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="4" name="Picture 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55F4186C-23F9-48C2-85B0-69968C742674}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId9">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
@@ -24841,50 +24781,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a57c24ac6be6d32fb3537125d8823cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a516e279d324a9a7f999b1d15b38668d" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -25077,119 +25028,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6E6F4A-3DA9-4F61-923E-2309AB9AF519}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49572682-E9E8-4CE4-80FF-5E7AE795F0FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>3228</Words>
+  <Words>3218</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>334</Paragraphs>
   <Slides>11</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>