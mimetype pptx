--- v0 (2025-11-25)
+++ v1 (2026-02-27)
@@ -32,50 +32,51 @@
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/media/image64.jpg" ContentType="image/png"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId16"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="287" r:id="rId7"/>
     <p:sldId id="281" r:id="rId8"/>
     <p:sldId id="288" r:id="rId9"/>
     <p:sldId id="282" r:id="rId10"/>
@@ -220,50 +221,56 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{CC3D6355-B672-C68C-A770-D0325B1A6969}" name="Nicola Welch" initials="NW" userId="S::nwelch@ceg.org.uk::729d4988-6a2c-48fd-9873-dba56c810058" providerId="AD"/>
+</p188:authorLst>
 </file>
 
 <file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
 <p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cmAuthor id="1" name="Margo Simpson" initials="MS" lastIdx="11" clrIdx="0">
     <p:extLst>
       <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
         <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S::msimpson@ceg.org.uk::55e6cd65-f3a1-4f8a-9170-159d8a7190ac" providerId="AD"/>
       </p:ext>
     </p:extLst>
   </p:cmAuthor>
   <p:cmAuthor id="2" name="Jacqui McBride" initials="JM" lastIdx="8" clrIdx="1">
     <p:extLst>
       <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
         <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S::jmcbride@ceg.org.uk::b788a9f0-22b6-41cf-a5db-dc69c774fd86" providerId="AD"/>
       </p:ext>
     </p:extLst>
   </p:cmAuthor>
 </p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
@@ -472,94 +479,94 @@
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="19971" autoAdjust="0"/>
-    <p:restoredTop sz="88369" autoAdjust="0"/>
+    <p:restoredTop sz="87409" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="99" d="100"/>
-          <a:sy n="99" d="100"/>
+          <a:sx n="97" d="100"/>
+          <a:sy n="97" d="100"/>
         </p:scale>
-        <p:origin x="858" y="72"/>
+        <p:origin x="894" y="72"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -604,51 +611,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1191,63 +1198,55 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
               <a:t>Young Enterprise Scotland </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>– offers a wide variety of enterprise and financial education </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t> and development opportunities for young people across all of Scotland</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
-              <a:t>Prince’s Trust </a:t>
+              <a:t>King’s Trust </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
-              <a:t>– offers help for 18-30 year </a:t>
-[...7 lines deleted...]
-              <a:t> with the Enterprise </a:t>
+              <a:t>– offers help for 18-30 year olds with the Enterprise </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0" err="1"/>
               <a:t>programme</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>, which involves training, mentoring, support for funding and other resources</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
               <a:t>Business Gateway </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>– offers a wide range of support and training</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -1273,51 +1272,51 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
               <a:t>Launch it </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="roboto-thin"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>a group of UK youth enterprise charities dedicated to supporting young creatives, and innovators wanting to start or grow a business.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
               <a:t>Activity 1: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t>Y</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>ou have decided to take the route of self-employment. Your main task now is to map out your business ideas as if you were creating a business plan. Use the websites listed to help you. You have 25 minutes to complete this worksheet. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1" dirty="0"/>
               <a:t>(Option to finish after lesson if need be)</a:t>
             </a:r>
@@ -1348,51 +1347,51 @@
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t>Do your market research on how viable your business idea is, such as looking at your competitors, pricing of similar products and services and considering who your customers will be and how you can reach them.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t>How much money you will need to set up the business (start-up costs) and where this will come from, such as a bank loan, small business loan, or funding through a support </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0" err="1"/>
               <a:t>organisation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
-              <a:t> such as the Prince’s Trust</a:t>
+              <a:t> such as the King’s Trust</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t>Create a business plan, which helps you to focus, shows your commitment and can help to secure finance</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" dirty="0"/>
               <a:t>On the legal side of things, you would need to register as self-employed with the HMRC. As a young person starting a business for the first time, you would most likely be registering as a sole trader, but there are also the options of a limited company or business partnership. You can see more information at GOV.UK.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -2856,51 +2855,51 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>Enterprise and Entrepreneurship</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Has anyone heard of the word enterprise or entrepreneur before? What or who do you think of when you hear these words? </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>(20 secs) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="0" dirty="0"/>
               <a:t>These images are from the popular TV shows Dragons Den and The Apprentice. Here is a clip from Dragons Den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
-              <a:t>(play up to 1:40). </a:t>
+              <a:t>(play up to 1:50). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>Task 3: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="0" dirty="0"/>
               <a:t>With the person next to you, can you come up with a definition of entrepreneurship?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="0" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
               <a:t>(1 min 20 secs including feedback)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" b="0" dirty="0"/>
@@ -4494,51 +4493,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E3396144-B8CD-492E-841B-5888B66CED38}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -4665,51 +4664,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C9C6F54-6D41-46A9-9194-726DA94CDA63}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -4846,51 +4845,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0D01220C-9EA2-4D44-894E-4E96D4439D14}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -5017,51 +5016,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F01230C6-E599-44EF-811F-BCD3331B7C8E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -5263,51 +5262,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45B0FAA9-52CF-4A80-945E-27AA59FA0829}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -5495,51 +5494,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{60EF29F4-7D28-435B-BFD3-6BBE226F544D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -5862,51 +5861,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{498BF137-A770-4F9A-A928-771BB8CD9D83}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -5982,51 +5981,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD47290C-6DB1-4915-AEB0-462C0E12692D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6080,51 +6079,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2ADD4DE1-0E8E-4FF8-B831-B5E13850F9E2}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6358,51 +6357,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C604CBE1-396E-463B-A077-5EBC61A8D408}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6613,51 +6612,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6C15CEBD-E542-48B9-8E91-35C3073EDF79}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6831,51 +6830,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E35EE744-45C2-42F4-BDFC-D4B5A68EE1D7}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/17/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7252,51 +7251,51 @@
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.princes-trust.org.uk/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.launchit.org.uk/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natwest.com/business/insights/business-management/business-strategy/dream-bigger-encouraging-the-next-generation-of-entrepreneurs.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.PNG"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.PNG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.svg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgateway.com/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yes.org.uk/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/embed/jZXKwpkngnw" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/embed/FHkc25TnhBo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
@@ -8493,58 +8492,57 @@
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Picture 22">
             <a:hlinkClick r:id="rId13"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32E6494C-F677-4E1E-A6F5-AAF686631820}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2596193" y="1650936"/>
-            <a:ext cx="975251" cy="975251"/>
+            <a:off x="2596193" y="1676516"/>
+            <a:ext cx="975251" cy="924090"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Picture 24">
             <a:hlinkClick r:id="rId15"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9A0216-1CAD-47C7-A073-C33F5068ED14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId16">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -16172,298 +16170,314 @@
         <p:blipFill>
           <a:blip r:embed="rId10">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="911388" y="271299"/>
             <a:ext cx="610164" cy="610164"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="33" name="Rectangle 32">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CA76F0F-EFEA-478A-BC94-6CEC5C261110}"/>
-[...51 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495AF25E-9D66-46DD-81B3-9A90989F6FC7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8DCF0A4-6777-ECF9-0B36-ACCAB13D5042}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1108427" y="1385325"/>
-            <a:ext cx="5922483" cy="4039863"/>
-[...1 lines deleted...]
-            <a:chExt cx="5922483" cy="4039863"/>
+            <a:ext cx="5922483" cy="4160883"/>
+            <a:chOff x="1108427" y="1385325"/>
+            <a:chExt cx="5922483" cy="4160883"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:pic>
-[...1 lines deleted...]
-            <p:cNvPr id="5" name="Picture 4">
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="33" name="Rectangle 32">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6D1D463-0E77-439E-AA92-57D27611AE97}"/>
-[...80 lines deleted...]
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{684D8CD9-BCFD-4905-B318-28697BCB7DDB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CA76F0F-EFEA-478A-BC94-6CEC5C261110}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1932039" y="2893991"/>
-              <a:ext cx="4129548" cy="441912"/>
+              <a:off x="1991033" y="3429043"/>
+              <a:ext cx="4129548" cy="2117165"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF9300"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:r>
-[...2 lines deleted...]
-              </a:r>
+              <a:endParaRPr lang="en-GB" b="1" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="2" name="Group 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495AF25E-9D66-46DD-81B3-9A90989F6FC7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="1108427" y="1385325"/>
+              <a:ext cx="5922483" cy="2080441"/>
+              <a:chOff x="1049433" y="1255462"/>
+              <a:chExt cx="5922483" cy="2080441"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="5" name="Picture 4">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6D1D463-0E77-439E-AA92-57D27611AE97}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId12">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="1049433" y="1255462"/>
+                <a:ext cx="2924583" cy="1638529"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:ln w="76200">
+                <a:solidFill>
+                  <a:srgbClr val="FF9300"/>
+                </a:solidFill>
+              </a:ln>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="7" name="Picture 6">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B39FDFA-243F-467B-A095-4F2439B2B65C}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill rotWithShape="1">
+              <a:blip r:embed="rId13">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:srcRect b="18215"/>
+              <a:stretch/>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="4047333" y="1255462"/>
+                <a:ext cx="2924583" cy="1638529"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:ln w="76200">
+                <a:solidFill>
+                  <a:srgbClr val="FF9300"/>
+                </a:solidFill>
+              </a:ln>
+            </p:spPr>
+          </p:pic>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="21" name="Rectangle 20">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{684D8CD9-BCFD-4905-B318-28697BCB7DDB}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="1932039" y="2893991"/>
+                <a:ext cx="4129548" cy="441912"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:solidFill>
+                <a:srgbClr val="FF9300"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="accent1">
+                  <a:shade val="50000"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr rtlCol="0" anchor="ctr"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="ctr"/>
+                <a:r>
+                  <a:rPr lang="en-GB" b="1" dirty="0"/>
+                  <a:t>Dragon’s Den, BBC</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="26" name="Picture 25">
+            <p:cNvPr id="6" name="Picture 5" descr="A group of people with their mouths open&#10;&#10;AI-generated content may be incorrect.">
               <a:hlinkClick r:id="rId14"/>
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94BF6CDD-7582-489F-96BB-AF2DA462F403}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{409DE880-978E-A5BF-6C2F-06841CD51BB4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId15">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2233043" y="3335903"/>
-              <a:ext cx="3481946" cy="1959422"/>
+              <a:off x="2647934" y="3568484"/>
+              <a:ext cx="2920684" cy="1635583"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:ln w="38100">
-[...3 lines deleted...]
-            </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1876189168"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -22715,61 +22729,50 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a57c24ac6be6d32fb3537125d8823cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a516e279d324a9a7f999b1d15b38668d" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -22962,144 +22965,154 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73F614A-E661-486E-94CD-919FE973C1AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9A634E-7ACB-4CEB-A015-32D6A70E2AA7}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{395724D5-EB47-4D05-A729-A640FC98162F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9A634E-7ACB-4CEB-A015-32D6A70E2AA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
   <Words>2659</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>251</Paragraphs>
   <Slides>11</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="25" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Stencil</vt:lpstr>
-      <vt:lpstr>Balloonist SF</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Candy Square BTN Striped</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>roboto-thin</vt:lpstr>
       <vt:lpstr>Avenir Next LT Pro</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Balloonist SF</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>