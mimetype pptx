--- v0 (2025-10-11)
+++ v1 (2026-02-27)
@@ -42,51 +42,50 @@
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink4.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink5.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink9.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_10A_869EFCFF.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="308" r:id="rId7"/>
     <p:sldId id="265" r:id="rId8"/>
@@ -496,121 +495,97 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="12226"/>
-    <p:restoredTop sz="54062" autoAdjust="0"/>
+    <p:restoredTop sz="71598" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="34" d="100"/>
-          <a:sy n="34" d="100"/>
+          <a:sx n="79" d="100"/>
+          <a:sy n="79" d="100"/>
         </p:scale>
-        <p:origin x="2348" y="52"/>
+        <p:origin x="1896" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-</file>
-[...22 lines deleted...]
-</p188:cmLst>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-03-09T13:58:19.747"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#2F5597"/>
     </inkml:brush>
@@ -910,51 +885,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7656,51 +7631,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7826,51 +7801,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8006,51 +7981,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8176,51 +8151,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8420,51 +8395,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8652,51 +8627,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9019,51 +8994,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9137,51 +9112,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9232,51 +9207,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9509,51 +9484,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9766,51 +9741,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9983,51 +9958,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2/6/2025</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -10376,91 +10351,91 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_10A_869EFCFF.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.planitplus.net/Articles/DownloadResourceDocument/143" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.planitplus.net/Trainit/?utm_source=Planit&amp;utm_medium=banner&amp;utm_campaign=Interview_Game_Live" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.planitplus.net/Trainit/?utm_source=Planit&amp;utm_medium=banner&amp;utm_campaign=Interview_Game_Live" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.planitplus.net/Articles/DownloadResourceDocument/143" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10799,130 +10774,94 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>JOB SEEKING SKILLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="A picture containing diagram&#10;&#10;Description automatically generated">
+          <p:cNvPr id="3" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B364C054-97C2-BD45-820B-683646983F04}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBFCFEFB-6526-EA23-4129-49A9C0BCCE1B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
-[...35 lines deleted...]
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7475647" y="6273691"/>
             <a:ext cx="1247775" cy="400050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12CBB798-724B-4305-A83A-D143E2952F3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="714653" y="2667066"/>
             <a:ext cx="3094966" cy="403064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43B96A66-B4D2-4350-81C3-992A32B6DFA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -11016,57 +10955,57 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Reprise Title Std"/>
               </a:rPr>
-              <a:t>PREPARING FOR INTERVIEWS</a:t>
+              <a:t>PREPARING FOR an INTERVIEW</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3CDFFA0-BE4D-4184-802F-A68CA412F2B2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="900640" y="2436110"/>
             <a:ext cx="2810431" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -11150,100 +11089,130 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Stencil"/>
               </a:rPr>
-              <a:t>module 12:</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>module 11:</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EE3DF85-3333-5ACA-4AD2-55D0F1A60F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>© Gateway 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{243B6151-CF95-2A99-211C-EAD66E8ECF9D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4198425" y="1772830"/>
+            <a:ext cx="4232722" cy="3845744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1454121713"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="6098"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="6098"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
@@ -12955,51 +12924,51 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13035,87 +13004,87 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>JOB SEEKING SKILLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Picture 24" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24AB919D-578A-2641-B3BC-7B32031B6EB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1757740" y="307332"/>
             <a:ext cx="4059876" cy="526538"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26" name="Picture 25" descr="A picture containing text, light, dark&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C1A8B2-AEBB-6649-BF78-4DC066BFA1CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="819535" y="195722"/>
             <a:ext cx="772851" cy="766668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -13150,120 +13119,120 @@
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Interview Activities</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Graphic 27" descr="Boardroom">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EEAA7FD-DC21-504B-94B3-BD7E4A2529AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7" cstate="hqprint">
+          <a:blip r:embed="rId6" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="937844" y="310854"/>
             <a:ext cx="536403" cy="536403"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF5837F5-0F97-52A0-1F41-6D8DE2C5D73D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId9"/>
+          <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7475647" y="6273691"/>
             <a:ext cx="1247775" cy="400050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B81AF7C-08B2-41BE-89C3-FBA2543C3003}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="11376" b="2586"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5339503" y="4437887"/>
             <a:ext cx="3458035" cy="506473"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rounded Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5035DB2-EE9C-4EEE-B502-B4CFB519A968}"/>
@@ -13514,222 +13483,222 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
-                <a:hlinkClick r:id="rId10">
+                <a:hlinkClick r:id="rId9">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Activity 2: The Interview Game</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10" descr="Icon&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FEFD434-9A03-445C-A479-E628ECA2095F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11">
+          <a:blip r:embed="rId10">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4573666" y="4413183"/>
             <a:ext cx="823015" cy="823015"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11" descr="Background pattern&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30B9E218-53B9-44AF-A30B-1DBC3E93532D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId12">
+          <a:blip r:embed="rId11">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="-6949" t="29155" r="18504" b="-7968"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="846506" y="1062942"/>
             <a:ext cx="707452" cy="2400464"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 12" descr="Logo&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63461099-D842-43B9-9B88-F96773822A33}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId13">
+          <a:blip r:embed="rId12">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2296272" y="1967232"/>
             <a:ext cx="2171535" cy="694891"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2" descr="Graphical user interface, application, Teams&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12F54A3C-1DAE-D664-C908-FF3913C9209F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14"/>
+          <a:blip r:embed="rId13"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="597886" y="3441495"/>
             <a:ext cx="3799840" cy="2468815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01C6383E-A192-E055-FD4B-75F5A17160BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="11376" b="2586"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5537427" y="2110428"/>
             <a:ext cx="3079798" cy="506473"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rounded Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFB88FA8-0B57-7BB0-7B4C-C7AC13273044}"/>
@@ -13980,120 +13949,115 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
-                <a:hlinkClick r:id="rId15">
+                <a:hlinkClick r:id="rId14">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Activity 1: Interview Tips</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Picture 16" descr="Icon&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EE9294B-8716-64BE-157D-A95EF8908C04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11">
+          <a:blip r:embed="rId10">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4751710" y="2085724"/>
             <a:ext cx="823015" cy="823015"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2258566399"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -25998,96 +25962,96 @@
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32FA4A41-8764-4565-9197-E1BB21A66BD5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>4407</Words>
+  <Words>4408</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>363</Paragraphs>
   <Slides>12</Slides>
   <Notes>12</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="26" baseType="lpstr">
+      <vt:lpstr>Bradley Hand ITC</vt:lpstr>
+      <vt:lpstr>Stencil</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>FranklinGothic-Medium</vt:lpstr>
+      <vt:lpstr>Segoe UI</vt:lpstr>
+      <vt:lpstr>Carter One</vt:lpstr>
       <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
-      <vt:lpstr>Carter One</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>Stencil</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 