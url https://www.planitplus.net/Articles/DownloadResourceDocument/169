--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -51,51 +51,51 @@
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="273" r:id="rId6"/>
     <p:sldId id="256" r:id="rId7"/>
     <p:sldId id="266" r:id="rId8"/>
     <p:sldId id="268" r:id="rId9"/>
     <p:sldId id="272" r:id="rId10"/>
     <p:sldId id="312" r:id="rId11"/>
     <p:sldId id="310" r:id="rId12"/>
     <p:sldId id="309" r:id="rId13"/>
     <p:sldId id="311" r:id="rId14"/>
     <p:sldId id="269" r:id="rId15"/>
     <p:sldId id="318" r:id="rId16"/>
     <p:sldId id="320" r:id="rId17"/>
     <p:sldId id="267" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
@@ -477,60 +477,60 @@
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="10357" autoAdjust="0"/>
-    <p:restoredTop sz="62710" autoAdjust="0"/>
+    <p:restoredTop sz="59296" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
         </p:scale>
-        <p:origin x="3090" y="60"/>
+        <p:origin x="3300" y="66"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -663,51 +663,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2318,51 +2318,51 @@
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" rtl="0" fontAlgn="base">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>You can contact an employer and ask for feedback on why you were not successful on getting the job. Be prepared to take some constructive criticism and learn from it. By learning from previous interviews, you can perform better in your next one.</a:t>
+              <a:t>You can contact an employer and ask for feedback on why you were not successful in getting the job. Be prepared to take some constructive criticism and learn from it. By learning from previous interviews, you can perform better in your next one.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" rtl="0" fontAlgn="base">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" rtl="0" fontAlgn="base">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
@@ -2730,51 +2730,51 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>You’ve got the job!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>So you’ve done the hard </a:t>
+              <a:t>So, you’ve done the hard </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" noProof="0" dirty="0"/>
               <a:t>work</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> and you’ve just received the call to say you’ve been successful. What </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>do you </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>do?    </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
@@ -2818,51 +2818,51 @@
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> say you'll get back to them by the end of the day or first thing the next morning if the offer comes in late in the day.  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>So you should :-</a:t>
+              <a:t>So, you should :-</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Thank them for the job offer </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>– sound enthusiastic so that they know you are interested and tell them you need time to think about it and will get back to them.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
@@ -3248,115 +3248,115 @@
               <a:t>Pay – do you know what salary you’re being offered? Is it what you expected? Are there any other benefits (gym memberships, staff discounts, bonuses, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
               <a:t>etc</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>)?</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>You will be given either an hourly rate of pay or an annual salary in a job offer. You need to work out from this how much you will get each payday. Remember this is a gross payment and not what you will get in your bank account each payday (which is called your Net pay). </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>So, if you were given a Gross pay of £23,000 per annum – you need first of all to work out if you get paid monthly – which would mean divide that by 12. 4-weekly would mean divide that by 13, or weekly would be divided by 52. This will give you your gross pay for each pay period.</a:t>
+              <a:t>So, if you were given a Gross pay of £23,000 per annum – you first need to work out if you get paid monthly – which would mean divide that by 12.  4-weekly would mean divide that by 13, or weekly would be divided by 52. This will give you your gross pay for each pay period.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Your employer has to take money off this before it is given to you - mainly Income Tax, National Insurance and a pension contribution. Your employer must do this, and it is your contribution as a taxpayer towards public services. You pay nothing for some of the money you earn per year – £12570 annually for tax and £190 per week for National Insurance, for most people. But after that amount you need to pay both, and it's deducted by your employer before you receive it. You will also have to contribute to your pension scheme, and this is also deducted by your employer – this would be called a contributary pension and most are about 7% of your annual salary. You can find sites that help you with this - </a:t>
+              <a:t>Your employer has to take money off this before it is given to you - mainly Income Tax, National Insurance and a pension contribution. Your employer must do this, and it is your contribution as a taxpayer towards public services. You pay nothing for some of the money you earn per year – £12,570 annually for tax and £190 per week for National Insurance, for most people. But after that amount you need to pay both, and it's deducted by your employer before you receive it. You will also have to contribute to your pension scheme, and this is also deducted by your employer – this would be called a contributary pension and most are about 7% of your annual salary. You can find sites that help you with this - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://www.thesalarycalculator.co.uk/salary.php</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>So, in this example if you have a salary of £23,000 per annum - your gross monthly salary would be £1,916, but you would be paid £1,519 each month after deductions.  </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>You should also check that your employer is paying you at least the national minimum wage. From April 2025, the national minimum wage (NMW) is £7.55 for 16 -17 year olds, and apprentices. This increases to £10.00 for 18 – 20 year olds, and then becomes the National Living Wage (NLW) - which is £12.21 for those aged 21 or over. Remember on an hourly wage you only get paid for the hours you work – so not your lunch hour.</a:t>
+              <a:t>You should also check that your employer is paying you at least the national minimum wage. From April 2025, the national minimum wage (NMW) is £7.55 for 16 -17 year olds, and apprentices. This increases to £10.00 for 18 to 20-year olds, and then becomes the National Living Wage (NLW) - which is £12.21 for those aged 21 or over. Remember on an hourly wage you only get paid for the hours you work – so not your lunch hour.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>An example of this is a 16 year old getting NMW – they would earn £</a:t>
+              <a:t>An example of this is a 16-year old getting NMW – they would earn £</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="484848"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>13,741.00</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> a year for working 9am-5pm with an hour’s lunch break every day. You also don't have to start paying into a pension scheme until you 22 years old and earn at least £10,000 a year, and you are below the rate for both tax and NI, So, you would take all this home, which means you would take home about £258.00 per week.</a:t>
+              <a:t> a year for working 9am-5pm with an hour’s lunch break every day. You also don't have to start paying into a pension scheme until you’re 22 years old and earn at least £10,000 a year, and you are below the rate for both tax and NI. So, you would take all this home, which means you would take home about £258.00 per week.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>More information on this is covered in one of the optional modules on Planit if you are interested in finding out more about your pay.  </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Once you know how much you will be paid this should go in the positive side of your list.</a:t>
             </a:r>
@@ -3375,61 +3375,61 @@
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Travel </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t> Is the job easy enough to get to? How long will it take to get to and how much will it cost? </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Next think about how to get to your work every day – start time etc. You will need to do some research into public transport and tickets to find out the time and cost of travelling to work and decide if this is a pro or a con. An example of this is that a return train ticket from my home to my work is £6.15 (so £30.75 per week) but I can buy a weekly pass for £24.20. The bus journey is 20 mins longer but take into consideration if you are under 22 you can travel for free on buses in Scotland. You would need to apply for a National Entitlement Card (NEC). So, by doing some research I saved over £10 per week on train, or if there is a bus service, you might be able to travel for free. </a:t>
+              <a:t>Next think about how to get to your work every day – start time etc. You will need to do some research into public transport and tickets to find out the time and cost of travelling to work and decide if this is a pro or a con. An example of this is that a return train ticket from my home to my work is £6.15 (so £30.75 per week) but I can buy a weekly pass for £24.20. The bus journey is 20 mins longer but take into consideration if you are under 22 you can travel for free on buses in Scotland. You would need to apply for a National Entitlement Card (NEC). So, by doing some research I saved over £10 per week on train fares, or if there is a bus service, you might be able to travel for free. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>You could be really lucky and your new job is just across the road from your dad's work so you could get a lift in, so put in the Pros if that was the case.</a:t>
+              <a:t>You could be really lucky, and your new job is just across the road from your dad's work, so you could get a lift in, so put in the Pros if that was the case.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Training - What training do I need to do?</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Most new jobs require you to do some form of learning. It should be a Pro as you will get the opportunity to learn new skills which will help you to progress in your career. It is always a good thing to get some training even though you might not look forward to doing any more learning. Think very carefully before you put this on the Con side. You can discuss this with your employer once you start work, especially if you feel very nervous about it.</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -3540,51 +3540,51 @@
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>are their any opportunities to progress?</a:t>
+              <a:t>are there any opportunities to progress?</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Again, could be a Pro or Con depending on your thinking. No opportunity is ever wasted and even if there is no progression you will learn from doing this job and get paid and you can think about next steps later – even if it means you will need to apply for position away from this current role – that's ok too.  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Am I a good match?</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0"/>
@@ -3663,75 +3663,75 @@
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Do I have any questions I need answered before I decide? </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>It's ok to go back to an employer for clarification before you decide. If any of your Cons are deal breakers that means you wouldn’t accept the offer, its worth going back to negotiate with the employer. You may not be successful, but it is worth the try. Remember this is a two-sided process – you want this job and the employer wants you, there might be some wiggle room.</a:t>
+              <a:t>It's ok to go back to an employer for clarification before you decide. If any of your Cons are deal breakers that means you wouldn’t accept the offer, it’s worth going back to negotiate with the employer. You may not be successful, but it is worth the try. Remember this is a two-sided process – you want this job and the employer wants you, there might be some wiggle room.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Here are some examples:</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>John applied for a job as an admin assistant in a school that would be allocated if he was successful at interview. He was offered a job in a school across the city which would mean three buses and a 2 hour commute each way. He went back to the employer and stated that he didn't feel he could accept the job and explained his reasoning – the employer offered him another school with an easier commute – 50 mins each way and he said he would be delighted to take the job.</a:t>
+              <a:t>John applied for a job as an admin assistant in a school that would be allocated if he was successful at interview. He was offered a job in a school across the city which would mean three buses and a 2-hour commute each way. He went back to the employer and stated that he didn't feel he could accept the job and explained his reasoning – the employer offered him another school with an easier commute – 50 mins each way and he said he would be delighted to take the job.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Michael was offered a job with a start time of 8:50am in the morning. Michael took his young siblings to school each morning and after checking the bus times he would not get into work until around 9:05 each morning. The employer offered to change Michael's start time to 9:15am and cut his lunchtime to cover the extra time. Michael was able to start the job.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
@@ -6176,51 +6176,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6346,51 +6346,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6526,51 +6526,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6696,51 +6696,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6940,51 +6940,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7172,51 +7172,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7539,51 +7539,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7657,51 +7657,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7752,51 +7752,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8029,51 +8029,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8286,51 +8286,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8503,51 +8503,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12397,52 +12397,52 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="535956" y="414399"/>
             <a:ext cx="772851" cy="766668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE8A3616-5DEB-465F-A6E0-252B0A79C5B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1566736" y="600205"/>
-            <a:ext cx="4241212" cy="400110"/>
+            <a:off x="1474161" y="600205"/>
+            <a:ext cx="4062481" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Review and move on</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -23070,59 +23070,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a57c24ac6be6d32fb3537125d8823cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a516e279d324a9a7f999b1d15b38668d" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -23315,183 +23306,192 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33B7D735-CC43-46AE-B1F7-AD11D4F57FFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6E6F4A-3DA9-4F61-923E-2309AB9AF519}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
   <Words>6028</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>407</Paragraphs>
   <Slides>14</Slides>
   <Notes>14</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="29" baseType="lpstr">
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Maximus</vt:lpstr>
+      <vt:lpstr>Bradley Hand ITC</vt:lpstr>
+      <vt:lpstr>Stencil</vt:lpstr>
       <vt:lpstr>Dreaming Outloud Pro</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Bradley Hand ITC</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Open Sans</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Development Award National 4</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010076D4B49E15B1BE47974D400D412D1E04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>