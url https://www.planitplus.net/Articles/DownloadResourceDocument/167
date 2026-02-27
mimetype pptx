--- v0 (2025-10-11)
+++ v1 (2026-02-27)
@@ -49,51 +49,50 @@
   <Override PartName="/ppt/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink9.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink11.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink12.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink13.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink14.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink15.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink16.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink17.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink18.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink19.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink20.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink21.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink22.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink23.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="265" r:id="rId7"/>
     <p:sldId id="269" r:id="rId8"/>
@@ -535,612 +534,90 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="81513" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="57" d="100"/>
-          <a:sy n="57" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="1540" y="28"/>
+        <p:origin x="2214" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId47" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.fntdata"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font26.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId48" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
-[...521 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId47" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.fntdata"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font26.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-03-22T09:49:30.660"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
     </inkml:brush>
   </inkml:definitions>
@@ -1806,51 +1283,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6020,51 +5497,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6190,51 +5667,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6370,51 +5847,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6540,51 +6017,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6784,51 +6261,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7016,51 +6493,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7383,51 +6860,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7501,51 +6978,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7596,51 +7073,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7873,51 +7350,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8130,51 +7607,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8347,51 +7824,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/28/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -9520,50 +8997,83 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1176558" y="492558"/>
             <a:ext cx="1332466" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" panose="020B0604020202020204"/>
               </a:rPr>
               <a:t>Apply</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A89445C-255C-1286-AC33-7BB31A793590}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3028950" y="6356351"/>
+            <a:ext cx="3086100" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>© Gateway 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1454121713"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
@@ -23761,50 +23271,83 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6E43F19-B794-F671-E23D-BC32407BAF0A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7515061" y="6263837"/>
             <a:ext cx="1247775" cy="400050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E806FCC1-9782-B7FD-9943-7D95C0D74ABD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3028950" y="6356351"/>
+            <a:ext cx="3086100" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>© Gateway 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3791116060"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office Theme">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -24343,70 +23886,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="993c8b081e81884be6bdf5c7d8ec8def">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e9f348fa0cb86e5790a06c5847a43d1" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -24593,150 +24116,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E3325BD-B26C-453F-BD7D-F4B3C335C0C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9A634E-7ACB-4CEB-A015-32D6A70E2AA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73F614A-E661-486E-94CD-919FE973C1AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>3257</Words>
+  <Words>3263</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>310</Paragraphs>
+  <Paragraphs>312</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="29" baseType="lpstr">
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Curlz MT</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
+      <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Bradley Hand ITC</vt:lpstr>
-      <vt:lpstr>Comic Sans MS</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Lucida Sans Typewriter</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>High Tower Text</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Century Gothic</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Stencil</vt:lpstr>
+      <vt:lpstr>Wingdings,Sans-Serif</vt:lpstr>
+      <vt:lpstr>Arial,Sans-Serif</vt:lpstr>
       <vt:lpstr>Accent SF</vt:lpstr>
       <vt:lpstr>Kristen ITC</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
-[...5 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Reprise Title Std</vt:lpstr>
-      <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>