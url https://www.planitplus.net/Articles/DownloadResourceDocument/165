--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -52,51 +52,51 @@
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId21"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="269" r:id="rId6"/>
     <p:sldId id="325" r:id="rId7"/>
     <p:sldId id="313" r:id="rId8"/>
     <p:sldId id="314" r:id="rId9"/>
     <p:sldId id="315" r:id="rId10"/>
     <p:sldId id="316" r:id="rId11"/>
     <p:sldId id="317" r:id="rId12"/>
     <p:sldId id="319" r:id="rId13"/>
     <p:sldId id="320" r:id="rId14"/>
     <p:sldId id="321" r:id="rId15"/>
     <p:sldId id="322" r:id="rId16"/>
     <p:sldId id="323" r:id="rId17"/>
     <p:sldId id="312" r:id="rId18"/>
     <p:sldId id="326" r:id="rId19"/>
     <p:sldId id="280" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
@@ -489,51 +489,51 @@
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="14760" autoAdjust="0"/>
     <p:restoredTop sz="61511" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="68" d="100"/>
           <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="2076" y="78"/>
+        <p:origin x="2076" y="60"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -612,51 +612,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4043,51 +4043,63 @@
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>ROSPA – the Royal Society for the Prevention of Accidents </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>website has lots of useful information about the prevention of accidents. This includes advice on occupational safety for young workers.</a:t>
+              <a:t>website has lots of useful information about the prevention of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>accidents.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>https://www.rospa.com/</a:t>
             </a:r>
           </a:p>
@@ -4110,63 +4122,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>There are a couple of activities for you to complete and test some of this new knowledge.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
-              <a:t>(Do not </a:t>
-[...11 lines deleted...]
-              <a:t>next slide until activities have been completed.)</a:t>
+              <a:t>(Do not click onto next slide until activities have been completed.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>N:B. The answers to the activities are on the next slide so that you can go over them once they have completed them.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
@@ -4871,51 +4871,51 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Answer</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Slips, trips or falls on the same level were the most commonly reported accident in 2023/24, accounting for 31% of all reported workplace accidents.</a:t>
+              <a:t>Slips, trips or falls on the same level were the most commonly reported accident in 2024/25, accounting for 30% of all reported workplace accidents.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
@@ -6804,51 +6804,51 @@
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Physical:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> These are environmental factors that can cause harm without you necessarily having to touch them. This includes things like falling from heights, noise, radiation and pressure.</a:t>
+              <a:t> These are environmental factors that can cause harm. This includes things like falling from heights, noise, radiation and pressure.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" kern="1200" dirty="0">
                 <a:solidFill>
@@ -7278,51 +7278,51 @@
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>TASK 3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>: What should they do if the risk (likelihood of being harmed) outweighs the benefit gained from the hazard? I’ll give you a think about juggling chainsaws? I’ll give you a minute to think about it!  </a:t>
+              <a:t>: What should they do if the risk (likelihood of being harmed) outweighs the benefit gained from the hazard? Think about juggling chainsaws? I’ll give you a minute to think about it!  </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>The answer is that the activity would not take place. So, the risk with juggling chainsaws is so extreme that it outweighs the benefits (people being impressed with your skill) that it would not go ahead. They might choose to juggle something less dangerous instead!  </a:t>
             </a:r>
@@ -8054,51 +8054,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Using ear defenders when working noisy machines </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Harnesses and lanyards where the risk of falls cannot be eliminated. Like working outside on a tall building</a:t>
+              <a:t>Harnesses and shock-absorbing lanyards where the risk of falls cannot be eliminated. Like working outside on a tall building</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>And Hardhats, where there may be risks of tools or materials falling from overhead.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
@@ -8551,51 +8551,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8721,51 +8721,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8901,51 +8901,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9071,51 +9071,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9315,51 +9315,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9547,51 +9547,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9914,51 +9914,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10032,51 +10032,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10127,51 +10127,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10404,51 +10404,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10661,51 +10661,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10878,51 +10878,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/24/2025</a:t>
+              <a:t>11/26/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12891,51 +12891,51 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="TextBox 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42A008E4-644C-35A6-660A-47C25B2A4387}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2653580" y="2633113"/>
+              <a:off x="2653580" y="2647181"/>
               <a:ext cx="1888164" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0"/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                   <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                 </a:rPr>
                 <a:t>FIRE SAFETY</a:t>
@@ -13711,51 +13711,51 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="TextBox 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19B50029-8F45-4E97-7724-6A3F3503A14E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2670805" y="4545422"/>
+              <a:off x="2670805" y="4559490"/>
               <a:ext cx="3004551" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0"/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                   <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                 </a:rPr>
                 <a:t>ELECTRICAL</a:t>
               </a:r>
@@ -27801,59 +27801,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="993c8b081e81884be6bdf5c7d8ec8def">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e9f348fa0cb86e5790a06c5847a43d1" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -28040,190 +28031,199 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
     <SharedWithUsers xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a">
       <UserInfo>
         <DisplayName>Pauline Munro</DisplayName>
         <AccountId>61</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F656917D-111E-464E-914E-966388722CA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6E6F4A-3DA9-4F61-923E-2309AB9AF519}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>4005</Words>
+  <Words>3985</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>424</Paragraphs>
   <Slides>16</Slides>
   <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="29" baseType="lpstr">
+      <vt:lpstr>Stencil ICG</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Gadugi</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Segoe UI</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Reprise Title Std</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
-      <vt:lpstr>Stencil ICG</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Comic Sans MS</vt:lpstr>
       <vt:lpstr>Stencil</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Development Award National 4</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010076D4B49E15B1BE47974D400D412D1E04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>