--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -40,51 +40,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="269" r:id="rId6"/>
     <p:sldId id="312" r:id="rId7"/>
     <p:sldId id="306" r:id="rId8"/>
     <p:sldId id="307" r:id="rId9"/>
     <p:sldId id="308" r:id="rId10"/>
     <p:sldId id="313" r:id="rId11"/>
     <p:sldId id="310" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Bradley Hand ITC" panose="03070402050302030203" pitchFamily="66" charset="0"/>
       <p:regular r:id="rId15"/>
     </p:embeddedFont>
     <p:embeddedFont>
@@ -458,63 +458,63 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="11204"/>
-    <p:restoredTop sz="93645" autoAdjust="0"/>
+    <p:restoredTop sz="62107" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="104" d="100"/>
-          <a:sy n="104" d="100"/>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="2082" y="114"/>
+        <p:origin x="3102" y="78"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -621,51 +621,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2923,94 +2923,94 @@
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:t>Let's look at this this example to explain. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Emma earns £10.00 an hour and works approximately 35 hours a week.</a:t>
+              <a:t>Emma earns £15.00 an hour and works approximately 35 hours a week.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>She is paid weekly, and this is her only job. Her tax code is 1257L, which means she has a tax-free allowance of £12,570 a year.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>HMRC expects Emma to earn £18,200 a year (£10.00 x 35 hours x 52 weeks). They will deduct tax on the income she earns above £12,570 which in Emma’s case is £5,630.</a:t>
+              <a:t>HMRC expects Emma to earn £27,300 a year (£15.00 x 35 hours x 52 weeks). They will deduct tax on the income she earns above £12,570 which in Emma’s case is £14,730.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Her tax rate is 20% of this £5,630, which is £1,126. This will be spread out over 52 weeks, so Emma will get taxed £21.65 a week.</a:t>
+              <a:t>Her tax is 20% of this £14,730, which is £2,946. This will be spread out over 52 weeks, so Emma will get taxed £56.65 a week. This will be more if she works any overtime.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>When you start your first job your employer will not know what your tax allowance is and will ask you to complete a form which will be sent to the tax office, so that they can issue a tax code and you will have to pay tax on all the money that you earn, until it is issued. This is called emergency tax and you will see this as BR on your pay slip. In the example above if Emma was on a BR code she would be paying £70.00 per week in tax. This is only temporary until your tax code comes through and then you will get all the additional tax payment back in your pay.</a:t>
+              <a:t>When you start your first job your employer will not know what your tax allowance is and will ask you to complete a form which will be sent to the tax office, so that they can issue a tax code and you will have to pay tax on all the money that you earn, until it is issued. This is called emergency tax and you will see this as BR on your pay slip. In the example above if Emma was on a BR code she would be paying £105.00 per week in tax. This is only temporary until your tax code comes through and then you will get all the additional tax payment back in your pay.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
@@ -3041,102 +3041,50 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>combined salary for both jobs is less than the £12,570 limit, you can split your allowance between the two jobs</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> and therefore not pay any tax.  </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...50 lines deleted...]
-              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:t>Hopefully you now have an idea of Income tax we will look at the other deductions from your pay.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:t>Timing: 17:05</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -3332,51 +3280,51 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>SSP and OSP</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1200" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>If you are off work sick you can get £116.75 a week Statutory Sick Pay (SSP). This is paid by your employer for up to 28 weeks. Some companies have a sick pay scheme and they will top up SSP so that you will receive full pay during your absence. This will show on your payslip as Occupation Sick Pay (OSP).</a:t>
+              <a:t>If you are off work sick you can get £118.75 a week Statutory Sick Pay (SSP). This is paid by your employer for up to 28 weeks. Some companies have a sick pay scheme and they will top up SSP so that you will receive full pay during your absence. This will show on your payslip as Occupation Sick Pay (OSP).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>If you are off sick you have to produce a </a:t>
@@ -3411,51 +3359,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Student loan</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>If you took out a student loan while studying, you will have payments automatically deducted when your salary reaches a certain level. At the moment this is £31,395 a year.</a:t>
+              <a:t>If you took out a student loan while studying, you will have payments automatically deducted when your salary reaches a certain level. At present this is over £25,000 for courses started after 1 August 2023.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Other deductions</a:t>
@@ -3587,51 +3535,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Activity 1 – Examine a payslip</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0" fontAlgn="base"/>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Next we are going to look at a payslip and see if you can answer the questions on the worksheet. Note, that this payslip is based on the tax year 2023/24.</a:t>
+              <a:t>Next we are going to look at a payslip and see if you can answer the questions on the worksheet. Note, that this payslip is based on the tax year 2024/24.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>I'll give you 10 mins to answer the questions and then we will go through them.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
@@ -3709,131 +3657,131 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Answer: £12,500</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What is the Gross Pay (total payments)?  Answer: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>£434</a:t>
+              <a:t>£620</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What is the Net Pay?  Answer: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>£341.20</a:t>
+              <a:t>£518.11</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What has money been deducted for?  Answer: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Tax, National Insurance, Lottery</a:t>
+              <a:t>Tax, National Insurance</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How much has been earned to date?  Answer: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>£1302</a:t>
+              <a:t>£17,760</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How much tax has been paid to date?  Answer: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Demi" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>£116.16</a:t>
+              <a:t>£2086.20</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
@@ -4065,51 +4013,51 @@
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>P60 and P45</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>The tax year differs from a calendar year and refers to the period from 6 April until 5 April the following year. For example, tax year 2024/25 is the period from 6 April 2024 to 5 April 2025.</a:t>
+              <a:t>The tax year differs from a calendar year and refers to the period from 6 April until 5 April the following year. For example, tax year 2025/26 is the period from 6 April 2025 to 5 April 2026.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>There are two important documents you need to be aware of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> that relate to your tax</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
@@ -4246,61 +4194,52 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Task 3  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>- Why do you think you need to keep hold of </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>- Why do you think you need to keep hold of your payslips?</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Answer – You may need to contact your employer if you notice something wrong with your payslips, so it helps to have all your old payslips to hand. You may have a problem with some of your deductions in the future – maybe HMRC will say you paid too little tax, so you might need your payslip to refer to. The biggest reason to hold onto a payslip is you need to provide old payslips when you are applying for a loan, or a mortgage, or opening or changing a bank account.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>That's the end of this presentation – there is another activity for you to do after this presentation which you can complete in your own time.</a:t>
@@ -4681,51 +4620,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4851,51 +4790,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5031,51 +4970,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5201,51 +5140,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5445,51 +5384,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5677,51 +5616,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6044,51 +5983,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6162,51 +6101,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6257,51 +6196,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6534,51 +6473,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6791,51 +6730,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7008,51 +6947,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/29/2025</a:t>
+              <a:t>11/27/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7413,67 +7352,67 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -12247,51 +12186,51 @@
                 </a:extLst>
               </p14:cNvPr>
               <p14:cNvContentPartPr/>
               <p14:nvPr/>
             </p14:nvContentPartPr>
             <p14:xfrm rot="20591096">
               <a:off x="6990204" y="5184050"/>
               <a:ext cx="1291739" cy="499197"/>
             </p14:xfrm>
           </p:contentPart>
         </mc:Choice>
         <mc:Fallback xmlns="">
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="16" name="Ink 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A003D00-002F-9584-F6DE-85F6B15BFC0B}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
-              <a:blip r:embed="rId10"/>
+              <a:blip r:embed="rId11"/>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="20591096">
                 <a:off x="6972203" y="5166041"/>
                 <a:ext cx="1327381" cy="534854"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
         </mc:Fallback>
       </mc:AlternateContent>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="23" name="EMMA">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{602F45F7-5A20-25BB-800C-3A3BCC511A37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12299,51 +12238,51 @@
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3058391" y="1315864"/>
             <a:ext cx="5744958" cy="2344407"/>
             <a:chOff x="2985926" y="1303428"/>
             <a:chExt cx="5744958" cy="2344407"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="10" name="Picture 9" descr="Shape, rectangle&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA6D06A9-6B92-2457-C0D4-A38E91A83EF1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId11">
+            <a:blip r:embed="rId12">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="2985926" y="1303428"/>
               <a:ext cx="5744958" cy="2344407"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="TextBox 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -12354,51 +12293,51 @@
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3227158" y="2879055"/>
               <a:ext cx="1188118" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" b="1" dirty="0">
                   <a:latin typeface="Simplified Arabic Fixed"/>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>Example 1:</a:t>
+                <a:t>Example:</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Simplified Arabic Fixed"/>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>EMMA</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="TextBox 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07F3036E-F53D-400C-BFB9-2F5C6AB516F4}"/>
                 </a:ext>
               </a:extLst>
@@ -12408,51 +12347,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4572000" y="1516217"/>
               <a:ext cx="3872089" cy="1938992"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>Hourly rate: £10.00 per hour</a:t>
+                <a:t>Hourly rate: £15.00 per hour</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>Paid : Weekly. </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>No other source of income.</a:t>
               </a:r>
@@ -12468,467 +12407,137 @@
                 </a:rPr>
                 <a:t>Tax Code: 1257L</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>Tax-free allowance: £12,570 per year</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>Earnings: £18,200 per year (£10.00 per hour x 35 hours x 52 weeks)</a:t>
+                <a:t>Earnings: £27,300 per year (£15.00 per hour x 35 hours x 52 weeks)</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>HMRC deductions: £5,630</a:t>
+                <a:t>HMRC deductions: £14,730</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>Tax rate – 20% of deducted earnings (£5, 630) = £1, 126.</a:t>
+                <a:t>Tax rate – 20% of deducted earnings: £2,946</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="171450" indent="-171450">
                 <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
                 <a:buChar char="§"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>Spread out over 52 weeks = £21.65 deducted per week</a:t>
-[...211 lines deleted...]
-                <a:t>Modern Apprentice</a:t>
+                <a:t>Spread out over 52 weeks = £56.65 deducted per week</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04908133-640D-4206-BD5D-3C5CD3272FE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="481931">
             <a:off x="3852970" y="4613602"/>
             <a:ext cx="2353260" cy="1208677"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2198841612"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...116 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -13546,50 +13155,122 @@
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Picture 16" descr="A picture containing text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84EF558E-BDAB-A6C9-73D4-89A9D450C629}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7583978" y="40519"/>
+            <a:ext cx="1220486" cy="1519481"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="A blue and white document with black text&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{011D1935-A1FB-F4AB-EFB3-DDBE51EF4362}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="616738" y="1316157"/>
+            <a:ext cx="7952861" cy="4798306"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="TextBox 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45C1386A-3F6A-4638-94F1-B660903D66E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="502697" y="6263445"/>
             <a:ext cx="3094965" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -13601,51 +13282,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>JOB SEEKING SKILLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="32" name="Picture 31" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C249EDA-09E1-8148-A9F1-E791657CDEE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1604210" y="515849"/>
             <a:ext cx="5663489" cy="516378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="TextBox 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -13679,408 +13360,330 @@
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Activity 1 : Examine a payslip</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="42" name="Picture 41" descr="Logo&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7843E9F5-7C0A-344C-97E3-82E839FA0786}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7490267" y="6332895"/>
             <a:ext cx="1220486" cy="390556"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7BDEB5-B31F-414F-8F0D-94AB710ECA7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="598950" y="348070"/>
             <a:ext cx="809472" cy="794053"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...76 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="TextBox 21">
+          <p:cNvPr id="23" name="TextBox 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{523450A6-22F2-DCBB-63E0-3C137EC04BD1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEBF6797-ED6E-EBEB-DB78-F8629E8D3D94}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4215940" y="3050971"/>
-[...40 lines deleted...]
-            <a:off x="2194414" y="2268468"/>
+            <a:off x="1515462" y="2433442"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>BB745326A</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="TextBox 24">
+          <p:cNvPr id="22" name="TextBox 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55E17501-A69D-01E3-CA68-D93A8A657773}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{523450A6-22F2-DCBB-63E0-3C137EC04BD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5095960" y="1839004"/>
+            <a:off x="3840351" y="2493504"/>
+            <a:ext cx="3432658" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="CC99FF"/>
+                </a:highlight>
+                <a:cs typeface="Simplified Arabic Fixed"/>
+              </a:rPr>
+              <a:t>What you can earn before taxation: 12,500</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55E17501-A69D-01E3-CA68-D93A8A657773}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4892996" y="2037983"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="00FF00"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>1250L</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2366245E-FE48-9CE8-8DD8-A1ADA37C2653}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7232982" y="5583982"/>
+            <a:off x="3220840" y="5021904"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="00FFFF"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
-              <a:t>434.00</a:t>
+              <a:t>620.00</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36125BB0-2551-CE07-6AF3-526FE3050995}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3245105" y="5754495"/>
+            <a:off x="3223532" y="5435949"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
-              <a:t>341.20</a:t>
+              <a:t>518.11</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{543DE724-D652-4B5E-DC2D-0D302A13DC32}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3957291" y="3560546"/>
-[...2 lines deleted...]
-            <a:chExt cx="2111585" cy="1096020"/>
+            <a:off x="4490890" y="3243054"/>
+            <a:ext cx="1274813" cy="507528"/>
+            <a:chOff x="4794063" y="3560546"/>
+            <a:chExt cx="1274813" cy="507528"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="TextBox 27">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7C1FB6-CBBE-9372-A818-294228A5138B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4811352" y="3560546"/>
               <a:ext cx="1257524" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
@@ -14094,744 +13697,675 @@
                 <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                   <a:highlight>
                     <a:srgbClr val="FFFF00"/>
                   </a:highlight>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>Tax</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="TextBox 28">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE709319-6AA1-3021-1AFC-03280B3941DB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4806589" y="3760297"/>
+              <a:off x="4794063" y="3760297"/>
               <a:ext cx="1257524" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                   <a:highlight>
                     <a:srgbClr val="FFFF00"/>
                   </a:highlight>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>NI</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
-        <p:sp>
-[...39 lines deleted...]
-        </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="TextBox 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F16799DB-7868-F60B-9C1C-88D5079C8643}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7254458" y="3788872"/>
+            <a:off x="7261674" y="5546115"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="00FF00"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
-              <a:t>1302.00</a:t>
+              <a:t>17,760.00</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="TextBox 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AF73BD0-73EB-9737-E3F2-410FBC4BAD79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7290616" y="3194390"/>
+            <a:off x="7299252" y="5090594"/>
             <a:ext cx="1257524" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FF00FF"/>
                 </a:highlight>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
-              <a:t>116.16</a:t>
+              <a:t>2086.20</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3199668945"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="5" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="23"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="8" fill="hold">
+                    <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="9" fill="hold">
+                          <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="10" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="11" dur="1" fill="hold">
+                                        <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="25"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="13" fill="hold">
+                    <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="14" fill="hold">
+                          <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="15" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="16" dur="1" fill="hold">
+                                        <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="22"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="18" fill="hold">
+                    <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="19" fill="hold">
+                          <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="20" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="21" dur="1" fill="hold">
+                                        <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="26"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="19" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="20" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="22" dur="500"/>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="26"/>
+                                          <p:spTgt spid="27"/>
                                         </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
                                       </p:cBhvr>
-                                    </p:animEffect>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="23" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="24" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="25" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="26" dur="1" fill="hold">
-                                          <p:stCondLst>
-[...51 lines deleted...]
-                                        <p:cTn id="31" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="11"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="33" fill="hold">
+                    <p:cTn id="27" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="34" fill="hold">
+                          <p:cTn id="28" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="35" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="36" dur="1" fill="hold">
+                                        <p:cTn id="30" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="31"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="38" fill="hold">
+                    <p:cTn id="31" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="39" fill="hold">
+                          <p:cTn id="32" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="40" presetID="9" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="41" dur="1" fill="hold">
+                                        <p:cTn id="34" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="34"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:animEffect transition="in" filter="dissolve">
-[...6 lines deleted...]
-                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
+      <p:bldP spid="23" grpId="0"/>
       <p:bldP spid="22" grpId="0"/>
-      <p:bldP spid="23" grpId="0"/>
       <p:bldP spid="25" grpId="0"/>
       <p:bldP spid="26" grpId="0"/>
       <p:bldP spid="27" grpId="0"/>
       <p:bldP spid="31" grpId="0"/>
       <p:bldP spid="34" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="A certificate with text and numbers&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A877D37-E77F-51DD-338C-D2FA889E91FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5231862" y="1096623"/>
+            <a:ext cx="3478892" cy="2077671"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="23" name="Group 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F81EE690-2157-C1C5-4C73-496C986B6F23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3167789" y="4577269"/>
             <a:ext cx="2775143" cy="1273836"/>
             <a:chOff x="3719808" y="5125795"/>
             <a:chExt cx="3255168" cy="1494175"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="24" name="Picture 23" descr="A picture containing text&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E3161C4-C176-8773-BC89-A4C2F38953B6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId5">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3719808" y="5125795"/>
               <a:ext cx="3255168" cy="1494175"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:outerShdw>
@@ -14944,51 +14478,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>JOB SEEKING SKILLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="32" name="Picture 31" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C249EDA-09E1-8148-A9F1-E791657CDEE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1604211" y="515849"/>
             <a:ext cx="6529136" cy="516378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="TextBox 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -15022,87 +14556,87 @@
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>A few final points...</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="42" name="Picture 41" descr="Logo&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7843E9F5-7C0A-344C-97E3-82E839FA0786}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7490267" y="6332895"/>
             <a:ext cx="1220486" cy="390556"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7BDEB5-B31F-414F-8F0D-94AB710ECA7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="598950" y="348070"/>
             <a:ext cx="809472" cy="794053"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="29" name="Group 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -15114,87 +14648,87 @@
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3506677" y="5940373"/>
             <a:ext cx="3453443" cy="732895"/>
             <a:chOff x="3315347" y="5907911"/>
             <a:chExt cx="3453443" cy="732895"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="7" name="Picture 6" descr="A picture containing text&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D22954C3-70BA-466D-BAC4-82195FE74A1B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId8" cstate="email">
+            <a:blip r:embed="rId9" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4260491" y="6078020"/>
               <a:ext cx="2278126" cy="435053"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="8" name="Picture 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71FEB2BC-A844-4B4A-BD73-B227402A156D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId9" cstate="email">
+            <a:blip r:embed="rId10" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3597662" y="6031910"/>
               <a:ext cx="527939" cy="496263"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Rounded Rectangle 26">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -15238,93 +14772,93 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="TextBox 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54282E52-911C-4A6A-8871-2D0828B205DB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4349913" y="6152842"/>
+              <a:off x="4349913" y="6161468"/>
               <a:ext cx="2278126" cy="329124"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
                 </a:rPr>
                 <a:t>Activity 2: Poster</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 12" descr="A picture containing text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{416541AD-63DC-52AC-16E7-DCE8F17BCE05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId10">
+          <a:blip r:embed="rId11">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="16761"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="20916798">
             <a:off x="1107598" y="1449832"/>
             <a:ext cx="3615615" cy="2843622"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="11362" dir="1930353" algn="ctr" rotWithShape="0">
               <a:schemeClr val="tx1">
                 <a:lumMod val="65000"/>
                 <a:lumOff val="35000"/>
               </a:schemeClr>
             </a:outerShdw>
           </a:effectLst>
@@ -15501,51 +15035,51 @@
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1600" dirty="0">
               <a:latin typeface="Simplified Arabic Fixed"/>
               <a:cs typeface="Simplified Arabic Fixed"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10" descr="Shape, square&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D987F703-3A00-F709-8C44-87A565002976}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11">
+          <a:blip r:embed="rId12">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="408108">
             <a:off x="993284" y="4128448"/>
             <a:ext cx="1755260" cy="1755260"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
               <a:schemeClr val="tx1">
                 <a:lumMod val="75000"/>
                 <a:lumOff val="25000"/>
               </a:schemeClr>
             </a:outerShdw>
@@ -15602,266 +15136,271 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1600" dirty="0">
                 <a:latin typeface="Bradley Hand ITC" panose="03070402050302030203" pitchFamily="66" charset="77"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>KEEP YOUR PAYSLIPS!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Picture 20" descr="Background pattern&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8DE599E-8ED2-FE65-3F94-3F8F0916E0FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId12">
+          <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="32522" b="-1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="5400000" flipH="1">
             <a:off x="7627076" y="3802314"/>
             <a:ext cx="849967" cy="2183880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Picture 21" descr="A picture containing outdoor object, night sky&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9A39C69-96F3-1AE9-E9C1-269FB1E90D13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId13">
+          <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6006892" y="4680094"/>
             <a:ext cx="836148" cy="849968"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Picture 18" descr="Graphical user interface, text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82DB865F-059B-16C4-FADB-0D4ABBCF14DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14">
+          <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5822394" y="3312162"/>
             <a:ext cx="2400300" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="36" name="Straight Arrow Connector 35">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73BE04AA-205F-4DBD-A4D1-E7FC796C6502}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="3865830" y="2625506"/>
-            <a:ext cx="1602463" cy="686656"/>
+            <a:off x="3912139" y="2897945"/>
+            <a:ext cx="1319723" cy="414217"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="34925">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="39" name="Straight Arrow Connector 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAF4AA91-062E-7112-DACF-6C00C48C6B31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
+            <a:endCxn id="19" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3435897" y="3763431"/>
-            <a:ext cx="2154987" cy="40580"/>
+            <a:ext cx="2386497" cy="5931"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="34925">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="4" name="Picture 3">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{068FEB7A-13DD-4D9F-8A20-7022F92D6066}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD734012-898E-13A2-7C93-F83AC59FBBE4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5599348" y="1419191"/>
-            <a:ext cx="2533999" cy="1518917"/>
+            <a:off x="7686136" y="1624228"/>
+            <a:ext cx="759124" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321875334"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -16903,67 +16442,67 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="50bbd1c0-476f-492f-837b-8878e2dd1eba">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3072b28c-77ff-4c28-a70b-2fb5f59c378a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010076D4B49E15B1BE47974D400D412D1E04" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="993c8b081e81884be6bdf5c7d8ec8def">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50bbd1c0-476f-492f-837b-8878e2dd1eba" xmlns:ns3="3072b28c-77ff-4c28-a70b-2fb5f59c378a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e9f348fa0cb86e5790a06c5847a43d1" ns2:_="" ns3:_="">
     <xsd:import namespace="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <xsd:import namespace="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -17154,164 +16693,164 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6E6F4A-3DA9-4F61-923E-2309AB9AF519}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD853AD-0AD3-4492-A59A-FC492C3EB4BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4235EC84-4C5B-4D5C-808A-E6C20CB46DB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>4008</Words>
+  <Words>3793</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>298</Paragraphs>
+  <Paragraphs>288</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
+      <vt:lpstr>Franklin Gothic Demi</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Bradley Hand ITC</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Stencil</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Franklin Gothic Demi</vt:lpstr>
-      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Franklin Gothic Book</vt:lpstr>
       <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Stencil</vt:lpstr>
+      <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Development Award National 4</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Marian Hester</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010076D4B49E15B1BE47974D400D412D1E04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>