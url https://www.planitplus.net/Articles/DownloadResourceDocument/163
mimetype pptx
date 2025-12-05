--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -38,64 +38,63 @@
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="320" r:id="rId6"/>
     <p:sldId id="269" r:id="rId7"/>
     <p:sldId id="306" r:id="rId8"/>
     <p:sldId id="323" r:id="rId9"/>
     <p:sldId id="321" r:id="rId10"/>
     <p:sldId id="317" r:id="rId11"/>
     <p:sldId id="311" r:id="rId12"/>
     <p:sldId id="312" r:id="rId13"/>
     <p:sldId id="313" r:id="rId14"/>
     <p:sldId id="319" r:id="rId15"/>
     <p:sldId id="308" r:id="rId16"/>
     <p:sldId id="267" r:id="rId17"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
@@ -278,58 +277,50 @@
     <a:srgbClr val="85358B"/>
     <a:srgbClr val="A31D43"/>
     <a:srgbClr val="E32D91"/>
     <a:srgbClr val="F23C4D"/>
     <a:srgbClr val="FFCCFF"/>
     <a:srgbClr val="CC99FF"/>
     <a:srgbClr val="259D9D"/>
     <a:srgbClr val="33CBCC"/>
     <a:srgbClr val="000000"/>
     <a:srgbClr val="052F61"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
@@ -472,94 +463,94 @@
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="27382"/>
-    <p:restoredTop sz="83573" autoAdjust="0"/>
+    <p:restoredTop sz="62885" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="93" d="100"/>
-          <a:sy n="93" d="100"/>
+          <a:sx n="69" d="100"/>
+          <a:sy n="69" d="100"/>
         </p:scale>
-        <p:origin x="1722" y="90"/>
+        <p:origin x="1356" y="72"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
           <inkml:channel name="OA" type="integer" max="360" units="deg"/>
           <inkml:channel name="OE" type="integer" max="90" units="deg"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
           <inkml:channelProperty channel="OA" name="resolution" value="1000" units="1/deg"/>
           <inkml:channelProperty channel="OE" name="resolution" value="1000" units="1/deg"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-11-23T12:32:13.570"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
@@ -689,51 +680,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4769,51 +4760,51 @@
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Self-employed.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Also, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Agricultural workers have separate pay rates, set by the Agricultural Wages Board.</a:t>
+              <a:t>Agricultural workers have separate pay rates, set by the Scottish Agricultural Wages Board.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>The National Minimum Wage (NMW) rate is reviewed every year, and you can see the levels for this year on the slide. You can see that the rate is set according to age – it is set lower for younger workers to reflect that they have less experience and skills when first starting work and to stop employers from being reluctant to take on a young worker. It's important to note that this is the minimum rate that can be paid, many employers will pay above this rate for all employees.  </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
@@ -5320,51 +5311,51 @@
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>For some sectors people are required to work public holidays, for example, a nurse - in which case these days are added to your holiday allowance to take when you want. You need to give your employer notice of when you want to take your holidays by asking your manager – it is not always possible to take them when you want.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>You need to give your employer notice which is twice as long as the amount of time off you are requesting plus one day – so that if you want 1 day off you must give 3 days notice. An employer can refuse to give you the time off, but they have to give you notice of this refusal and not change it at the last minute. They can also ask you to take your leave at a specific time of year e.g. Christmas. *</a:t>
+              <a:t>You need to give your employer notice which is twice as long as the amount of time off you are requesting– so that if you want 1 week off you must give 2 weeks notice. An employer can refuse to give you the time off, but they have to give you notice of this refusal and not change it at the last minute. They can also ask you to take your leave at a specific time of year, such as  Christmas. *</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>SICKNESS</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> : - You can take time off work if you are ill. Your contract of employment or your written terms and conditions will outline what you need to do if this happens, for example, who you need to tell and when.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>General rules that apply: </a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -5396,51 +5387,51 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>If you are ill for more than 7 days in a row, you must provide your employer with a ‘fit note’ (sometimes called ‘sick note’) from your doctor. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Some employers offer occupational sick pay (OSP), which means you will still receive your wage or salary if off ill for an agreed amount of time (for example 6 months full pay, 6 months half pay). However, some employers don’t.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>If your employer does not offer OSP you may still be entitled to receive statutory sick pay (SSP). Employers must pay you SSP from your 4th day of absence and it can be paid for up to 28 weeks. You must be earning at least £123 gross pay per week before you are eligible for this payment.</a:t>
+              <a:t>If your employer does not offer OSP you may still be entitled to receive statutory sick pay (SSP). Employers must pay you SSP from your 4th day of absence and it can be paid for up to 28 weeks. You must be earning at least £125 gross pay per week before you are eligible for this payment.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" b="1" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Timing: 19:30</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -5634,51 +5625,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5804,51 +5795,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5984,51 +5975,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6154,51 +6145,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6398,51 +6389,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6630,51 +6621,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6997,51 +6988,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7115,51 +7106,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7210,51 +7201,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7487,51 +7478,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7744,51 +7735,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7961,51 +7952,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/22/2025</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -23234,122 +23225,122 @@
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA841A98-A40A-4FBD-9A2A-5A97C5315489}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="50bbd1c0-476f-492f-837b-8878e2dd1eba"/>
     <ds:schemaRef ds:uri="3072b28c-77ff-4c28-a70b-2fb5f59c378a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>4680</Words>
+  <Words>4677</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>414</Paragraphs>
   <Slides>13</Slides>
   <Notes>13</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="27" baseType="lpstr">
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Bradley Hand ITC</vt:lpstr>
       <vt:lpstr>Comic Sans MS</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Avenir Light</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Stencil</vt:lpstr>
-      <vt:lpstr>Reprise Title Std</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
       <vt:lpstr>Avenir Black</vt:lpstr>
       <vt:lpstr>Maximus</vt:lpstr>
-      <vt:lpstr>Avenir Light</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Arial,Sans-Serif</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Development Award National 4</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Marian Hester</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010076D4B49E15B1BE47974D400D412D1E04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>