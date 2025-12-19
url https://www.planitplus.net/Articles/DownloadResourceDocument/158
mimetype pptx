--- v0 (2025-10-11)
+++ v1 (2025-12-19)
@@ -1,223 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...1 lines deleted...]
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink4.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink5.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink9.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/ppt/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink11.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink12.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink13.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink14.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink15.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink16.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink17.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink18.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink19.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink20.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/ink/ink21.xml" ContentType="application/inkml+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId19"/>
+    <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="290" r:id="rId6"/>
     <p:sldId id="256" r:id="rId7"/>
     <p:sldId id="266" r:id="rId8"/>
     <p:sldId id="285" r:id="rId9"/>
     <p:sldId id="288" r:id="rId10"/>
-    <p:sldId id="287" r:id="rId11"/>
-[...6 lines deleted...]
-    <p:sldId id="280" r:id="rId18"/>
+    <p:sldId id="283" r:id="rId11"/>
+    <p:sldId id="287" r:id="rId12"/>
+    <p:sldId id="284" r:id="rId13"/>
+    <p:sldId id="273" r:id="rId14"/>
+    <p:sldId id="275" r:id="rId15"/>
+    <p:sldId id="279" r:id="rId16"/>
+    <p:sldId id="280" r:id="rId17"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Bahnschrift SemiLight SemiConde" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId19"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Bradley Hand ITC" panose="03070402050302030203" pitchFamily="66" charset="0"/>
       <p:regular r:id="rId20"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Bradley Hand ITC" panose="03070402050302030203" pitchFamily="66" charset="0"/>
+      <p:font typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
       <p:regular r:id="rId21"/>
+      <p:bold r:id="rId22"/>
+      <p:italic r:id="rId23"/>
+      <p:boldItalic r:id="rId24"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-      <p:boldItalic r:id="rId25"/>
+      <p:font typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId25"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+      <p:font typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId26"/>
       <p:italic r:id="rId27"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Comic Sans MS" panose="030F0702030302020204" pitchFamily="66" charset="0"/>
+      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId28"/>
-      <p:bold r:id="rId29"/>
-[...16 lines deleted...]
-      <p:italic r:id="rId37"/>
+      <p:italic r:id="rId29"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId38"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId41"/>
+      <p:regular r:id="rId30"/>
+      <p:bold r:id="rId31"/>
+      <p:italic r:id="rId32"/>
+      <p:boldItalic r:id="rId33"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Maximus" pitchFamily="2" charset="0"/>
-      <p:regular r:id="rId42"/>
+      <p:regular r:id="rId34"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Reprise Title Std" panose="02000000000000000000" charset="0"/>
-      <p:regular r:id="rId43"/>
-[...6 lines deleted...]
-      <p:boldItalic r:id="rId47"/>
+      <p:regular r:id="rId35"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
-      <p:regular r:id="rId48"/>
+      <p:regular r:id="rId36"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Stencil" panose="040409050D0802020404" pitchFamily="82" charset="0"/>
-      <p:regular r:id="rId49"/>
+      <p:regular r:id="rId37"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId50"/>
-      <p:bold r:id="rId51"/>
+      <p:regular r:id="rId38"/>
+      <p:bold r:id="rId39"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
@@ -291,50 +265,56 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{CFAF11B5-3C94-C802-A03D-849039298B0F}" name="Dianne Gillies" initials="DG" userId="S::dgillies@ceg.org.uk::cd0cb85f-5932-4dcb-93e8-e6c16eb73698" providerId="AD"/>
+</p188:authorLst>
 </file>
 
 <file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
 <p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cmAuthor id="1" name="Margo Simpson" initials="MS" lastIdx="11" clrIdx="0">
     <p:extLst>
       <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
         <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S::msimpson@ceg.org.uk::55e6cd65-f3a1-4f8a-9170-159d8a7190ac" providerId="AD"/>
       </p:ext>
     </p:extLst>
   </p:cmAuthor>
   <p:cmAuthor id="2" name="Jacqui McBride" initials="JM" lastIdx="8" clrIdx="1">
     <p:extLst>
       <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
         <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S::jmcbride@ceg.org.uk::b788a9f0-22b6-41cf-a5db-dc69c774fd86" providerId="AD"/>
       </p:ext>
     </p:extLst>
   </p:cmAuthor>
   <p:cmAuthor id="3" name="Nicola Welch" initials="NW" lastIdx="1" clrIdx="2">
     <p:extLst>
       <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
         <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S-1-5-21-507921405-884357618-682003330-324858" providerId="AD"/>
       </p:ext>
     </p:extLst>
   </p:cmAuthor>
@@ -550,553 +530,438 @@
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="76485" autoAdjust="0"/>
+    <p:restoredTop sz="90920" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="81" d="100"/>
-          <a:sy n="81" d="100"/>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
         </p:scale>
-        <p:origin x="1962" y="90"/>
+        <p:origin x="1914" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font28.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font31.fntdata"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font27.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.fntdata"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font26.fntdata"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font30.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font29.fntdata"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font32.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId45" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-11T13:58:14.604"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.6" units="cm"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 16383,'0'0'0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink10.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2022-02-11T13:58:14.604"/>
-[...113 lines deleted...]
-      </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-15T10:11:40.774"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35" units="cm"/>
       <inkml:brushProperty name="height" value="2.1" units="cm"/>
       <inkml:brushProperty name="color" value="#008C3A"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">61 474 16383,'5'-30'0,"-2"-1"0,0 6 0,-3 1 0,3-4 0,-3 6 0,2-2 0,-2 7 0,0 3 0,0 3 0,0 5 0,0-4 0,0 3 0,0-7 0,0 3 0,-1-4 0,0 5 0,-1 0 0,2 1 0,-2-1 0,-1-9 0,0 4 0,-3-4 0,3 3 0,-3 4 0,4 0 0,0 1 0,2 3 0,0-3 0,0 0 0,-4 6 0,-8-1 0,0 5 0,0 1 0,7 0 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=ppt/ink/ink15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/ink/ink11.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-11T13:58:14.604"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.6" units="cm"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 16383,'0'0'0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=ppt/ink/ink16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/ink/ink12.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:06:36.086"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35278" units="cm"/>
       <inkml:brushProperty name="height" value="0.35278" units="cm"/>
       <inkml:brushProperty name="color" value="#FC6505"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">2541 725 16383,'-51'-21'0,"20"1"0,-28-42 0,17 8 0,-23-10 0,11 16 0,3 10 0,10 19 0,1 5 0,-21-3 0,-5 8 0,0-6 0,5 13 0,20-10 0,1 17 0,-1-4 0,0 13 0,-10 22 0,-3 6 0,6 12 0,-2-21 0,16-27 0,-7-9 0,-20-18 0,15 12 0,-35-11 0,35 11 0,-35-10 0,36 23 0,-36-12 0,35 14 0,-15 0 0,20-5 0,1 11 0,-1-4 0,-20 9 0,15 3 0,-15-1 0,20 33 0,6-19 0,3 49 0,18-37 0,4 16 0,10-20 0,6 0 0,2-1 0,5 1 0,7 0 0,1-1 0,23 12 0,-43-39 0,5 0 0,-47-28 0,0 9 0,1 14 0,-1 5 0,-10 24 0,7-12 0,-1 25 0,-5-5 0,19-2 0,-13 9 0,17-12 0,-7 21 0,11-15 0,-7 35 0,21-35 0,0 15 0,9-21 0,6 1 0,8 0 0,1-1 0,10 1 0,-4 0 0,6-1 0,35 18 0,-20-19 0,27 5 0,-28-24 0,0-7 0,0 1 0,-48 22 0,6-5 0,-59 31 0,29-18 0,-3-6 0,1 4 0,-7 26 0,9-21 0,3 0 0,4 19 0,1-16 0,3 1 0,15 41 0,-8-28 0,2 3 0,15-10 0,2-3 0,-4 32 0,27-4 0,-12-37 0,8-1 0,7 2 0,0-7 0,3-2 0,17 6 0,2-4 0,25 20 0,-7-31 0,-2-5 0,-14-4 0,-5-4 0,-1-3 0,-9-6 0,-1 0 0,21-4 0,-15 4 0,35-6 0,-35 0 0,14-6 0,-19 4 0,0-10 0,40-13 0,10-10 0,-32 5 0,2-4 0,-2-4 0,-1-3 0,-3-5 0,-5-2 0,-14 11 0,-1-2 0,8-10 0,-2 0 0,15-28 0,-24 29 0,-1 0 0,15-27 0,-19 14 0,-20 21 0,-7 35 0,8 30 0,8 41 0,17 20 0,20-10 0,2-2 0,19-19 0,-18-15 0,26 0 0,-37-29 0,36 8 0,-35-19 0,35-10 0,-15-2 0,0-12 0,15-8 0,-35 4 0,25-23 0,1-15 0,-33 23 0,-2-1 0,24-33 0,-26 36 0,-4 2 0,-6-4 0,25 9 0,-22 34 0,11 17 0,-4 16 0,34 17 0,8 6 0,0-6 0,-8-7 0,12-24 0,10 2 0,0-7 0,-10-2 0,0-12 0,-30-6 0,8 1 0,4-3 0,28-25 0,-32 9 0,1-4 0,1-4 0,-5-3 0,-10-1 0,-4-1 0,-4-3 0,-3-1 0,17-35 0,-18-10 0,-13 20 0,-11 5 0,-39 10 0,4 19 0,4 20 0,62 26 0,3 8 0,35-12 0,-18-21 0,13-33 0,-12 8 0,0-22 0,-35 18 0,12-41 0,-21 30 0,11-30 0,-21 40 0,-1 0 0,5 1 0,-10-1 0,10 0 0,-11 1 0,15-21 0,-20 15 0,6-15 0,-21 20 0,-8 7 0,-28-6 0,9 23 0,-3-5 0,-3 1 0,-19 6 0,-15-17 0,5 21 0,35-1 0,-15 10 0,67-32 0,2-12 0,38-10 0,-12-5 0,-19 0 0,9-25 0,-27 31 0,-3-1 0,15-36 0,-14 40 0,-2 3 0,1 3 0,-1-14 0,-7 19 0,-28-40 0,15 30 0,-9 9 0,-5 2 0,-19-2 0,-5 12 0,15 12 0,-2 4 0,-39 5 0,25 2 0,1 2 0,-27 11 0,40-6 0,3 2 0,4 10 0,-27 18 0,41 1 0,-5-16 0,28-19 0,-10-37 0,5-20 0,-36-13 0,18 6 0,-25 4 0,22 37 0,-7 2 0,-20 16 0,15-3 0,-2 9 0,-5 6 0,-38 8 0,36-1 0,-1 2 0,-9 0 0,3 4 0,-19 35 0,-3-20 0,39 19 0,11-15 0,10 25 0,9-14 0,6 15 0,9 0 0,6-15 0,1 15 0,1-21 0,4 1 0,-29-24 0,1-7 0,-25-23 0,0 5 0,1 2 0,-1 12 0,0 2 0,1 5 0,-1 1 0,12 11 0,10 4 0,31 0 0,-8-10 0,14-13 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=ppt/ink/ink17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/ink/ink13.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:06:39.942"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35" units="cm"/>
       <inkml:brushProperty name="height" value="2.1" units="cm"/>
       <inkml:brushProperty name="color" value="#FC6505"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">72 162 16383,'-29'-10'0,"22"-7"0,22-18 0,19 20 0,-5 23 0,-3 20 0,-25 13 0,-8 0 0,-21-19 0,0-22 0,1-22 0,13-19 0,37-10 0,2 32 0,20 9 0,-36 39 0,-38 3 0,-11-5 0,-14-34 0,38-10 0,53-52 0,-20 39 0,30-17 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=ppt/ink/ink18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/ink/ink14.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:06:40.849"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35" units="cm"/>
       <inkml:brushProperty name="height" value="2.1" units="cm"/>
       <inkml:brushProperty name="color" value="#FC6505"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">9 8 16383,'14'-7'0,"-11"19"0,42 10 0,-31 19 0,-14 0 0,-20-6 0,-8-26 0,-1-18 0,21-26 0,23 6 0,20 22 0,0 22 0,-14 19 0,-27-5 0,-17-9 0,1-32 0,16-11 0,9 0 0,9 5 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=ppt/ink/ink19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/ink/ink15.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:06:41.665"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35" units="cm"/>
       <inkml:brushProperty name="height" value="2.1" units="cm"/>
       <inkml:brushProperty name="color" value="#FC6505"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">41 14 16383,'-23'-3'0,"5"-8"0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=ppt/ink/ink16.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:15:37.966"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">452 0 24575,'-50'70'0,"10"-2"0,-12 6 0,20 7 0,-2-15 0,8 0 0,-2-5 0,2-20 0,11-1 0,-4 1 0,5 0 0,0 0 0,1-1 0,-7 1 0,-1 0 0,6-1 0,-9 1 0,21 0 0,-3-37 0,8 10 0,4-32 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=ppt/ink/ink17.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:15:39.670"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">20 5 24575,'-6'-4'0,"5"28"0,-5 22 0,6 15 0,0-20 0,0-1 0,0 1 0,-6 0 0,22-19 0,1-16 0,24-21 0,-1-12 0,1 12 0,0-3 0,-1 11 0,1-13 0,-18-7 0,-23 4 0,-23 4 0,-18 13 0,1 0 0,-1-8 0,6-13 0,14-8 0,9 13 0,12 4 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=ppt/ink/ink18.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:16:13.038"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#F6630D"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">3056 6356 24575,'12'-41'0,"-9"1"0,15-1 0,-16 0 0,4 1 0,-12-1 0,4 0 0,-10 0 0,11 1 0,-17-1 0,-14-10 0,1 7 0,-19-1 0,21 6 0,-10 10 0,5-4 0,-7 6 0,0 0 0,0 0 0,1 0 0,-1 6 0,0-5 0,1 11 0,-1-5 0,0 7 0,1-7 0,-1 11 0,0-9 0,1 10 0,-1-5 0,0 5 0,0-4 0,1 11 0,-1-17 0,0 15 0,1-15 0,-1 10 0,0 1 0,1-6 0,-1 12 0,0-11 0,1 10 0,-1-10 0,0 11 0,1-11 0,-1 10 0,0-10 0,0 11 0,1-5 0,-1 6 0,0-6 0,1 4 0,-1-4 0,0 6 0,1-6 0,-1-1 0,0-1 0,1-4 0,-1 10 0,0-4 0,0 0 0,1-1 0,-1-7 0,0 1 0,1 5 0,-1-10 0,0 15 0,1-15 0,-1 11 0,0-7 0,1 0 0,-1 1 0,0-1 0,0 1 0,1-1 0,-1 1 0,0-1 0,1 6 0,-1-4 0,0-1 0,1-2 0,-12-27 0,9 16 0,4-24 0,7 16 0,23-7 0,-3 0 0,6 1 0,17-1 0,-8 0 0,28 7 0,-2 1 0,12 11 0,-1-3 0,1 16 0,0-9 0,-1 10 0,1 1 0,0-5 0,-1 4 0,1-6 0,0 1 0,-1 5 0,1-4 0,0 11 0,0-5 0,-1 6 0,1-6 0,0 4 0,-1-10 0,1 5 0,0-7 0,-1 7 0,1-6 0,0 6 0,-1-7 0,1 1 0,0-1 0,-1 1 0,1 5 0,0-4 0,0 5 0,-1-7 0,1 6 0,0-4 0,-1 5 0,1-1 0,0-4 0,-1 11 0,1-5 0,0 0 0,-1-2 0,1 1 0,0-5 0,0 10 0,-1-10 0,1 5 0,0-7 0,-1 0 0,1 7 0,0-5 0,-1 4 0,1-5 0,0-1 0,-1-5 0,-5-9 0,-2-6 0,-12-7 0,-7 0 0,-8 1 0,-6-1 0,0 0 0,-12 1 0,-3-1 0,-18 6 0,-2 2 0,-6 6 0,1 6 0,-1-5 0,0 11 0,1-4 0,-1 11 0,0-4 0,0 10 0,1-10 0,-1 5 0,0-7 0,1 1 0,-1-1 0,0 1 0,1-1 0,-1 1 0,0-1 0,1 0 0,-1 7 0,0-5 0,0 10 0,1-10 0,-1 11 0,0-5 0,1 0 0,-1 4 0,0-10 0,1 11 0,-1-11 0,0 10 0,1-10 0,-1 4 0,0-5 0,1 5 0,-1-4 0,0 5 0,0-1 0,1-4 0,-1 5 0,0-7 0,1 1 0,-1-1 0,0 0 0,1 7 0,-1-5 0,-10-18 0,19-2 0,-4-19 0,29 10 0,1 1 0,6-1 0,12 0 0,3 1 0,18 11 0,1 9 0,7 14 0,0 0 0,0-1 0,-1-1 0,1-4 0,0 11 0,-1-11 0,1 10 0,0-10 0,-1 11 0,1-18 0,0 16 0,-1-15 0,1 11 0,0-7 0,0 1 0,-1-1 0,1 1 0,0-7 0,-1 5 0,1-11 0,0 5 0,-1-6 0,1 6 0,0-5 0,-1 5 0,12-23 0,-15 7 0,23-25 0,-28 19 0,5-8 0,-23 10 0,-14 0 0,-14 0 0,-7 1 0,-12 5 0,5-4 0,-22-6 0,12 7 0,-13 1 0,10 17 0,1 12 0,-1 2 0,0 0 0,1 5 0,-1-5 0,0 0 0,1 4 0,-1-4 0,0 0 0,1 5 0,-1-11 0,0 10 0,1-10 0,-1 5 0,0-7 0,0 1 0,1-1 0,-1 0 0,0 7 0,1-11 0,-1 9 0,0-11 0,1 1 0,-1-3 0,0-5 0,1 0 0,5-6 0,-15-12 0,19 1 0,-13-7 0,23 10 0,-5 1 0,5-1 0,0 0 0,2 1 0,-1-1 0,11 0 0,-9 1 0,16-1 0,-4 0 0,6 1 0,-6-1 0,5 0 0,-5 0 0,6 1 0,0-1 0,0 0 0,6 1 0,-5-1 0,11 0 0,-4 1 0,11-1 0,3 0 0,-1 1 0,21-12 0,-17 9 0,25-2 0,-5-5 0,-1 19 0,7-13 0,0 0 0,-26 25 0,4-10 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=ppt/ink/ink19.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:16:28.630"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#F6630D"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">1 849 24575,'34'-34'0,"16"-11"0,-18 2 0,11-9 0,-16 12 0,17-12 0,-13 9 0,13-8 0,-17 10 0,1 0 0,-1 1 0,0-1 0,-6 0 0,4 1 0,-9-1 0,3 0 0,-5 1 0,-7-1 0,5 0 0,-10 19 0,4 4 0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink2.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-11T13:58:14.604"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.6" units="cm"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 16383,'0'0'0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink20.xml><?xml version="1.0" encoding="utf-8"?>
-<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
-[...110 lines deleted...]
-<file path=ppt/ink/ink24.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2022-02-24T12:16:47.681"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#F6630D"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">5 350 24575,'-5'-27'0,"10"-1"0,35 1 0,1 6 0,0 2 0,-1-1 0,1-1 0,0 0 0,0-5 0,-1 5 0,1-6 0,-6-6 0,14-12 0,-23 37 0,-2 2 0,-20 47 0,-16 0 0,5-1 0,-1 1 0,2 0 0,6-1 0,0 1 0,0 0 0,6 0 0,-4-1 0,4 1 0,-6 0 0,0-1 0,-18-29 0,-5-8 0,-18-30 0,1 0 0,-1 5 0,0 3 0,1-1 0,-1 5 0,0-4 0,1-1 0,-1-1 0,36 12 0,10 4 0,36 13 0,-13-20 0,-26 1 0,-19-14 0,13 23 0,8-2 0,1-2 0,-10 3 0,-36 3 0,37 15 0,8 0 0,37-3 0,0-18 0,-7-14 0,-31 4 0,-13 8 0,-31 17 0,37 12 0,8-13 0,37-16 0,-6-19 0,-2-8 0,-36 13 0,-18 32 0,-17 16 0,25 19 0,34-53 0,33-15 0,-12-31 0,-30 26 0,-29 24 0,-17 31 0,30-4 0,15-16 0,24-22 0,-32-8 0,-8 22 0,-28 18 0,18 23 0,21-17 0,11-23 0,16-23 0,-12-17 0,-2-1 0,-29 30 0,-1 14 0,-22 32 0,36-6 0,2-28 0,28-17 0,-24 11 0,-5 10 0,-11 35 0,13-35 0,9-10 0,6-35 0,-13 35 0,-10 10 0,-5 35 0,1 1 0,6 0 0,6-37 0,-5-8 0,11-37 0,-10 0 0,4 37 0,-6 8 0,-6 37 0,4 0 0,-4-1 0,6 1 0,6-36 0,-4-10 0,4-36 0,-6 1 0,6-1 0,-5 0 0,11 1 0,-4-1 0,-1 0 0,-1 37 0,-18 26 0,9 23 0,-15 14 0,17-18 0,-5 0 0,6-1 0,0 1 0,6 0 0,-11-37 0,16-8 0,-25-57 0,23 15 0,-17-15 0,14 21 0,-6 55 0,0-5 0,0 51 0,0-21 0,6 1 0,2 0 0,-29-47 0,13-2 0,-34-43 0,15 16 0,-8 8 0,-5 8 0,29 29 0,25 17 0,23 11 0,-22-13 0,-19-26 0,-37-14 0,24 19 0,-5-23 0,32 14 0,4-29 0,15 0 0,11 7 0,-5-6 0,4 5 0,-40 19 0,2 18 0,-40 19 0,34-25 0,-4-13 0,29-31 0,0 0 0,-40 47 0,19 2 0,-23 7 0,48-30 0,-5-29 0,5 29 0,-31 20 0,-14 35 0,-7 1 0,13-18 0,3-5 0</inkml:trace>
 </inkml:ink>
@@ -1180,143 +1045,146 @@
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.6" units="cm"/>
       <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 16383,'0'0'0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink6.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2022-10-27T10:51:53.390"/>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-11T13:58:14.604"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
-      <inkml:brushProperty name="height" value="0.1" units="cm"/>
-      <inkml:brushProperty name="color" value="#E71224"/>
+      <inkml:brushProperty name="height" value="0.6" units="cm"/>
+      <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 24575,'65'42'0,"0"0"0,1 0 0,-1 0 0,-10-9 0,-1 1 0,11 4 0,13 9 0,-4-4 0,-20-14 0,-15-13 0,-13-5 0,12 9 0,39 18 0,-27-14 0,2 1 0,-1-1 0,-3-1 0,19 7 0,-36-17 0,-21-9 0,2 6 0,33 19 0,-5-4 0,6 3 0,15 7 0,4 2 0,6 2 0,1-2 0,-11-5 0,-3-3 0,26 12 0,-40-20 0,-28-14 0,-10-3 0,3 4 0,14 9 0,10 9 0,8 3 0,-4-2 0,-9-7 0,-12-9 0,2 4 0,5 5 0,12 8 0,7 3 0,-7-7 0,-12-9 0,-11-6 0,-8-6 0,-4-2 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">1 0 16383,'0'0'0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink7.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2022-10-27T10:51:55.827"/>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-15T10:03:15.655"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
-      <inkml:brushProperty name="width" value="0.1" units="cm"/>
-[...1 lines deleted...]
-      <inkml:brushProperty name="color" value="#E71224"/>
+      <inkml:brushProperty name="width" value="0.35" units="cm"/>
+      <inkml:brushProperty name="height" value="2.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#008C3A"/>
+      <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">293 0 24575,'9'64'0,"1"-1"0,3 3 0,-1-17 0,-5-24 0,-3-2 0,-2-1 0,0 2 0,1-2 0,-1-12 0,-1-4 0,-1 0 0,0 0 0,0 0 0,0 0 0,-1-1 0,1 0 0,-8 1 0,-17 0 0,-4-1 0,-5 0 0,7-1 0,15-2 0,-14 4 0,-1 2 0,-6 2 0,0-1 0,18-5 0,-4 1 0,4-2 0,-4 0 0,-1 0 0,9-3 0,7 1 0,32 8 0,-18-6 0,20 5 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 16383,'55'0'0,"-1"0"0,5 1 0,4 0 0,13 1 0,7 0 0,-14 0 0,4 0 0,3 0 0,14-1 0,3 0 0,3 0 0,-16 0 0,1 0 0,1 0 0,1 0 0,1-1 0,1 1 0,0 0 0,-1 0 0,-2 0 0,0 0 0,-1 0 0,0 0 0,-2 0 0,-2 0 0,1 0 0,-2 0 0,21 0 0,-2 0 0,-1 0 0,-4 0 0,-1 0 0,-1 0 0,-4-1 0,0 0 0,-2 1 0,-5 0 0,-1 1 0,-3 0 0,20 0 0,-4-1 0,-7 2 0,-3 0 0,-19-2 0,-1 0 0,-2 1 0,0-1 0,-3 0 0,-1 0 0,-1 0 0,0 0 0,1 1 0,0 1 0,-1-1 0,0 0 0,0 1 0,0-1 0,41 3 0,-5-1 0,0-2 0,2 2 0,10-2 0,-49-1 0,1 1 0,-2 1 0,0 0 0,2-2 0,-1-1 0,0 2 0,1 0 0,1-1 0,1 0 0,2 0 0,0 1 0,1-1 0,1 0 0,-2 2 0,-1-1 0,1-2 0,-1 0 0,-3 1 0,0 0 0,1 0 0,0 0 0,-1-1 0,0 1 0,-1 1 0,2 0 0,5-2 0,0 0 0,-5 1 0,1 0 0,3 0 0,0-2 0,-5 1 0,-1 0 0,48 2 0,-46 0 0,1-1 0,-2 0 0,0 1 0,3-1 0,1 0 0,-3-1 0,1 0 0,1 0 0,1 0 0,4 0 0,1 0 0,1 1 0,1 0 0,2 0 0,0 1 0,-5-1 0,-1 1 0,-3-1 0,-1 0 0,2 0 0,-1 0 0,-5-1 0,0 0 0,4 2 0,0-1 0,-3-1 0,-1 0 0,4-1 0,1 2 0,3 0 0,1 0 0,3 0 0,1 1 0,-2-1 0,-1 0 0,2 1 0,-1-1 0,0-1 0,-1 0 0,4-1 0,0-1 0,6 2 0,2 0 0,1-2 0,0 2 0,2 0 0,1 2 0,-1-2 0,-1 0 0,-4 2 0,-2-1 0,0-1 0,0 0 0,-5 1 0,-1 0 0,-3-1 0,-1 0 0,-6 2 0,-2-1 0,43-1 0,-12-2 0,-3 1 0,-14-2 0,-12 1 0,-22 0 0,-13 0 0,-4-1 0,8 0 0,19-3 0,20 2 0,26 0 0,-33 3 0,1 0 0,2 1 0,0 0 0,-4-1 0,-3 0 0,20 1 0,-31-3 0,-21 3 0,-13-1 0,-6 1 0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink8.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2022-10-27T10:51:58.462"/>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-15T10:03:17.713"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
-      <inkml:brushProperty name="width" value="0.1" units="cm"/>
-[...1 lines deleted...]
-      <inkml:brushProperty name="color" value="#E71224"/>
+      <inkml:brushProperty name="width" value="0.35" units="cm"/>
+      <inkml:brushProperty name="height" value="2.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#008C3A"/>
+      <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">1 1 24575,'49'79'0,"-16"-33"0,3 1 0,11 12 0,2 1 0,0-3 0,-3-4 0,-11-13 0,-4-4 0,8 12 0,-17-11 0,1 10 0,10 15 0,7 13 0,-7-14 0,-10-20 0,-10-16 0,-6-9 0,4 5 0,5 10 0,5 5 0,0-1 0,-1-3 0,-3-7 0,-3-5 0,-2-5 0,-5-4 0,-1-3 0,3 4 0,3 5 0,5 6 0,1 1 0,-2-2 0,-5-8 0,-5-6 0,-1 1 0,7 9 0,10 14 0,7 6-6784,-3-5 6784,-9-12 0,-9-11 0,-4-5 0,5 10 0,8 10 0,5 7 0,0 1 6784,-6-12-6784,-8-8 0,-2-3 0,1 3 0,2 3 0,1 0 0,-3-6 0,-5-6 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">8 1049 16383,'-3'-41'0,"1"-1"0,0 13 0,2-3 0,0-2 0,0 0 0,3-4 0,-2 5 0,0-1 0,0 7 0,0-1 0,0 9 0,0 0 0,-1 7 0,2-3 0,0-1 0,-1-5 0,2-2 0,-3 2 0,3-1 0,-3 3 0,3-3 0,-3 3 0,2-3 0,-1 1 0,1 0 0,-2 2 0,2 4 0,-1-1 0,0-3 0,2-3 0,-1 0 0,-1 3 0,0 3 0,-1 2 0,2 1 0,-1-1 0,-1 4 0,1 0 0,0 1 0,-1 1 0,2-4 0,0 3 0,-1-3 0,1 3 0,0-1 0,-1 0 0,2-2 0,-2-2 0,2-2 0,-3-3 0,2 5 0,-1 2 0,-1 6 0,1 3 0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/ink/ink9.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2022-10-27T10:52:01.132"/>
+      <inkml:timestamp xml:id="ts0" timeString="2022-02-15T10:11:37.870"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
-      <inkml:brushProperty name="width" value="0.1" units="cm"/>
-[...1 lines deleted...]
-      <inkml:brushProperty name="color" value="#E71224"/>
+      <inkml:brushProperty name="width" value="0.35" units="cm"/>
+      <inkml:brushProperty name="height" value="2.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#008C3A"/>
+      <inkml:brushProperty name="inkEffects" value="pencil"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">490 1 24575,'-4'30'0,"0"3"0,0 5 0,0-2 0,1-12 0,0-5 0,2-9 0,0-3 0,0 1 0,0 3 0,0 5 0,0 3 0,0 2 0,1-6 0,-1-5 0,0 1 0,-2 3 0,-1 4 0,-1 0 0,1-6 0,1-3 0,0-2 0,0-1 0,-1 0 0,2-1 0,1-1 0,-1 1 0,-3 1 0,1-1 0,-1 0 0,2-3 0,0-2 0,-12 0 0,-21 2 0,-23 0 0,-20 0 0,8-1 0,22-1 0,22 0 0,16 0 0,-3 0 0,-2 1 0,1 1 0,7-1 0,4 0 0,4-1 0,-1 0 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">0 5 16383,'56'-3'0,"11"1"0,10 4 0,15 1 0,-2-1 0,-7 0 0,-23 0 0,-16-2 0,-20 1 0,-8-1 0,-5 0 0,-3 0 0,3 0 0,7 0 0,6 0 0,10 2 0,3-2 0,-1 2 0,2-1 0,-7-1 0,1 2 0,-1-2 0,1 0 0,3 0 0,-1 1 0,3-1 0,-3 2 0,1-1 0,1 0 0,3 0 0,-3-1 0,-2 0 0,-7 0 0,-1 1 0,-5 0 0,0 0 0,-6-1 0,-4 0 0,0 0 0,-3 0 0,3 0 0,5 0 0,2 0 0,8 1 0,3 0 0,3 1 0,3-1 0,-1 0 0,-4-1 0,-7 0 0,-6 0 0,-6 0 0,-2 0 0,0 0 0,3 0 0,13 0 0,7-1 0,20 0 0,2 0 0,2 2 0,-8 1 0,-12 0 0,-13-1 0,-7-1 0,-8 0 0,24 0 0,28 3 0,38 2 0,-28-3 0,4 1 0,3 1 0,3 0 0,13-1 0,-1 0 0,-23-1 0,-3 1 0,3-2 0,-7 1 0,7 1 0,-16-2 0,-21 0 0,-15-1 0,-6 0 0,-1 0 0,3 0 0,5 0 0,6 0 0,3 0 0,9 0 0,-8 0 0,0 0 0,-10 0 0,-5 0 0,4 0 0,40 0 0,25 0 0,-17 0 0,6 0 0,9 0 0,2 0 0,7 0 0,2 0 0,1 1 0,-1-2 0,-10 0 0,-5 0 0,-15 1 0,-5 0 0,18-2 0,-33 2 0,-20 0 0,-11 0 0,11 0 0,39 0 0,28 0 0,-15 0 0,6 0 0,9 0 0,4 0 0,-25 0 0,2 0 0,-1 0 0,25-1 0,-4-1 0,-9 1 0,-8 0 0,13-3 0,-37 0 0,-29 3 0,-20 8 0,-4 9 0,-2 3 0,1 2 0,3-8 0,0-3 0,1-2 0,-1 0 0,-1 11 0,1-4 0,-3 12 0,3-6 0,2-2 0,-2 0 0,3-8 0,-1 0 0,1-3 0,-1 1 0,0 0 0,-1 0 0,1-1 0,1 4 0,-1-3 0,1 2 0,0-3 0,-1 4 0,2-5 0,-2 5 0,1-4 0,-7-2 0,-1 0 0</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -1362,51 +1230,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E1F95A12-D60B-4022-889A-D6FDB95E766F}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1649,54 +1517,50 @@
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1796,51 +1660,51 @@
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>So today we are going to start at the beginning. When you start to think about what kind of job and career you want – the first thing you need to do is understand yourself.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>We'll spend a little time for you to think about your own skills and personal qualities and then look at the type of jobs and careers that might suit you. A career covers your whole working life so it might not just be one job, in fact this is very unlikely, but a lot of jobs and possibly in different industries and places as your skills, likes and circumstances change. Understanding yourself will help you to make the right choices and help you to have a happy work life! Being happy in your work is important – you are going to spend a long time doing it!</a:t>
+              <a:t>We'll spend a little time for you to think about your own skills and values and then look at the type of jobs and careers that might suit you. A career covers your whole working life so it might not just be one job, in fact this is very unlikely, but a lot of jobs and possibly in different industries and places as your skills, likes and circumstances change. Understanding yourself will help you to make the right choices and help you to have a happy work life! Being happy in your work is important – you are going to spend a long time doing it!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>NOTE for teacher: Activities are integrated into this presentation but can be done by young people in their own time.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Timing: 01:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
@@ -1928,272 +1792,438 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>What are personal qualities?</a:t>
+              <a:t>Understanding skills</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
-[...14 lines deleted...]
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>When speaking about possible career paths, it can be a good idea to identify what your personal qualities are. Different qualities are useful for different careers. For example, if you’re good at understanding and relating to the feelings of other people, you might want a career in health or care.</a:t>
-[...6 lines deleted...]
-          <a:p>
+              <a:t>Now you know your personal qualities we are going to look at your skills.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" i="1" kern="1200" dirty="0">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>[Press*]</a:t>
+              <a:t>Skills are things you do well and are used in all aspects of your life. They can be your natural abilities, subjects that you have studied, or they could be things that you have developed and learned about over the course of your life and not just in school.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>You will often hear them called life skills or core skills, and when we start talking about the workplace, we want to look at skills that are transferable and useful in a work setting – these are called Employability Skills.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Skills can be broken down into:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Hard Skills</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>– things that you either can do or not and are easy to have evidence of them. Hard skills come in two categories:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Basic Skills </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>– these are the skills you need to be able to participate in life and they are not necessarily work related – reading ,writing and IT skills. Employers sometimes phrase this as "a good standard of education" and having qualifications or completing training courses can be used in evidence to support that you have these skills.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Specific Skills </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>– these are the skills that are personal to you and depend on your natural talents, likes and the industry that you are going into. For example, if you wanted to be a professional dancer – you would need to have a natural ability of movement and interpretation of music – you can improve your skills by practice, but you still need to have the natural ability. There are also specific skills that you need for certain jobs – engineers make calculations as part of their task everyday so therefore to follow a career in engineering, you would need to have academic qualifications in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0" err="1">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Maths</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>, for example.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Soft Skills </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>– these are skills you also need to be successful in the workplace but unlike your h</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>ard</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> skills, are </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>more difficult</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> to evidence.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...18 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>[Press*]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" i="1" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Task 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> - Let’s take a couple of minutes here – can you think about examples of your own soft skills?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>[Press*]</a:t>
+              <a:t> can see examples of them on this slide. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You will </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>need to demonstrate by example to prove that you have developed these skills. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>An example of this would be team working – saying you are a team player would not be enough for an employer: you would need to have an example of when you participated in an activity of being in a team.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Activity 1</a:t>
-[...30 lines deleted...]
-              </a:rPr>
               <a:t>Timing: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>35:00</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1634088828"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2063260953"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2207,438 +2237,324 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Understanding skills</a:t>
+              <a:t>Understanding my skills</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Now you know your personal qualities we are going to look at your skills.</a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Now we have explored some of the skills that employers want and that you need to provide evidence for, it’s time to draw on your life experiences and identify where you have learned your range of skills.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>As a young person you may lack work-based experience, but you do not lack skills – you have been developing these throughout your life.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Remember - try to think about all the experiences that you have had that have helped you to develop your skills. Y</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>ou’ll</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Skills are things you do well and are used in all aspects of your life. They can be your natural abilities, subjects that you have studied, or they could be things that you have developed and learned about over the course of your life and not just in school.</a:t>
+              <a:t>see a list of them on this slide.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-          <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Skills can be broken down into:</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:t>We will ask you to complete this activity after this lesson today and before </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>the next session </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> - it should take around 20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>minutes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> to complete this activity.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:cs typeface="Calibri"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...20 lines deleted...]
-          <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Basic Skills </a:t>
+              <a:t>Activity 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>– these are the skills you need to be able to participate in life and they are not necessarily work related – reading ,writing and IT skills. Employers sometimes phrase this as "a good standard of education" and having qualifications or completing training courses can be used in evidence to support that you have these skills.</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:t>– You will need to log into your Planit portfolio and complete the My Skills from the My Profile section. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:cs typeface="+mn-lt"/>
-[...1 lines deleted...]
-            </a:br>
+              </a:rPr>
+              <a:t>(Alternatively you can print out the Activity 2 worksheet for each student before class.)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...4 lines deleted...]
-              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Specific Skills </a:t>
-[...17 lines deleted...]
-              <a:t>, for example.</a:t>
+              <a:t>Take at a look at the key skills listed in Activity 2, and then think of times you have used each skill by filling out the worksheet. What are your strongest skills, and do you need to work on any?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:cs typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...2 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...144 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Timing: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" dirty="0"/>
+              <a:t>44:00</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2063260953"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3882124362"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2648,328 +2564,338 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...16 lines deleted...]
-          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Identifying career ideas</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" i="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Now we have explored some of the skills that employers want and that you need to provide evidence for, it’s time to draw on your life experiences and identify where you have learned your range of skills.</a:t>
+              <a:t>That’s the end of my input for today but we have some work for you to do before </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>the next module</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-GB" b="1" dirty="0"/>
+              <a:t>Activity 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>As a young person you may lack work-based experience, but you do not lack skills – you have been developing these throughout your life.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:t>You can try the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>CareerMatch</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Tool which is also on Planit, or by having a chat with your careers adviser</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> about possible careers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
-[...10 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t> </a:t>
+              <a:t>There is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>see a list of them on this slide.</a:t>
+              <a:t>a lot of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>information in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>this </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>module</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>, but once you have completed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>it, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>you will have a really good understanding of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>yourself</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> and your possible career matches. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Next module </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>we will start putting all this information to use as we start to look at the job market and the recruitment process.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Remember to download and save the results as you will need them for your project work and evidence for your award.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-GB" kern="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>We will ask you to complete this activity after this lesson today and before </a:t>
-[...66 lines deleted...]
-              <a:effectLst/>
+              <a:t>Timing: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" dirty="0"/>
+              <a:t>60:00</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
-[...51 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3882124362"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3951473307"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2979,416 +2905,75 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
-[...256 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Any questions?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>13</a:t>
-            </a:fld>
-[...85 lines deleted...]
-              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1868654973"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
@@ -3659,85 +3244,85 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
-              <a:t>What are your skills and personal qualities?</a:t>
+              <a:t>What are your skills and values?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Things that you can do are abilities, and things that you can do well are skills. Abilities can become skills with practice.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Personal qualities are about what makes you tick – your personality (shy, creative, thrive on adrenaline, like routine) - and also your values are what you care about.</a:t>
+              <a:t>Your values are what you care about – think about what would be important to you in a career and your working life.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>So we need to first identify these and then start thinking about how these relate to different jobs.</a:t>
+              <a:t>So, we need to first identify these and then start thinking about how these relate to different jobs.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Think about activities you enjoy the most and see what jobs </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>you </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
@@ -3827,51 +3412,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>so now I am going to ask you a question – In your classes can you think about your own skills – Teachers could you put some answers in the chat box </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
               <a:t>(give a couple of minutes to come up with some answers.)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Good, we are already beginning to identify skills – next we need to think about your personal qualities.</a:t>
+              <a:t>Good, we are already beginning to identify skills – next we need to think about your values.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Timing: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>05:40</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="en-US" i="0" kern="1200" dirty="0">
               <a:effectLst/>
@@ -4246,109 +3831,109 @@
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Education.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Racial Equity and Justice.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
-              <a:t>Tesla</a:t>
+              <a:t>Ikea</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>People.</a:t>
+              <a:t>Togetherness.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Always be learning. Always do your best.</a:t>
+              <a:t>Caring for people and planet.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>No forecast is perfect, but try anyway.</a:t>
+              <a:t>Simplicity.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Respect and encourage.</a:t>
+              <a:t>Renew and improve.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Respect the environment.</a:t>
+              <a:t>Lead by example.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
@@ -4783,343 +4368,331 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Personal values?</a:t>
+              <a:t>Why identify your skills and values?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0"/>
-[...8 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>: Have a go at identifying your own values. </a:t>
-[...18 lines deleted...]
-              <a:t>Can you come up with 3 examples for each?</a:t>
+              <a:t>Preparation is everything – the better prepared you are – the better the outcome. You need to do the work to be in a place to make the right choice and get the results you need. This is a theme that we will keep returning to over this course.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...34 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...7 lines deleted...]
-                </a:solidFill>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...13 lines deleted...]
-              </a:solidFill>
+              </a:rPr>
+              <a:t>By understanding yourself and what you have to offer an employer you will:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...8 lines deleted...]
-              <a:buNone/>
+              </a:rPr>
+              <a:t>be able to choose a career that is perfectly suited to you </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>know your strengths and understand what areas you need to develop to achieve your goals</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>make an informed decision about which career path to follow</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>be better placed to create a CV that highlights your best attributes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...8 lines deleted...]
-              <a:buNone/>
+              </a:rPr>
+              <a:t>be more able to apply for jobs and sell yourself</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...8 lines deleted...]
-              <a:buNone/>
+              </a:rPr>
+              <a:t>perform better at interview</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...39 lines deleted...]
-          <a:p>
+              </a:rPr>
+              <a:t>feel confident and positive that you have skills to offer.</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="+mn-cs"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:ea typeface="+mn-ea"/>
-[...3 lines deleted...]
-            </a:r>
+              </a:rPr>
+              <a:t>Being prepared is the best starting place for deciding your next step</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Timing: 25:00</a:t>
-            </a:r>
+              <a:t>Timing: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>21:00</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2891685028"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1794441116"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5133,362 +4706,241 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>What makes you tick?</a:t>
-[...61 lines deleted...]
-              <a:t>and the things you like.</a:t>
+              <a:t>Personal values?</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>:</a:t>
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Now have a think about your values – what is important to you in life and what do you think would be important to you when thinking about your future career?</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0">
-                <a:cs typeface="+mn-lt"/>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+            <a:br>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>For example:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-              <a:buFont typeface="Arial,Sans-Serif"/>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Do you care about the environment or want to improve the life of others?</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:t>do you want to be creative?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>do you like to help and support people?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>do you prefer to work in a team?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="0" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...1 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Are you motivated by money?</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:t>Activity 1 – My Values</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>We will ask you to complete this activity after this lesson today and before the next session  - it should take around 15 minutes to complete this activity.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" b="0" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>You will need to log into your Planit portfolio and complete My Values from the My Profile section. (Alternatively, you can print out the Activity 1 worksheet for each student before class.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" b="0" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" indent="-171450">
-[...1 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
+              <a:rPr lang="en-GB" b="0" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Do you want to work somewhere that’s physically challenging?  </a:t>
-[...45 lines deleted...]
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:t>Take at a look at the values listed in Activity 1 and choose the best option for how important, or not, these are to you. What are your three most and least important and how do you think these might influence your future career?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...69 lines deleted...]
-          <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Timing: </a:t>
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Timing: 25:00</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2836206488"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2891685028"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5499,331 +4951,365 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>What makes you tick?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>When thinking about what job may suit you, you need to consider what makes you tick – your</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Why identify your skills and personal qualities?</a:t>
-[...16 lines deleted...]
-            </a:pPr>
+              <a:t>qualities,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
+              <a:t>your</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>values</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>and the things you like.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Your Likes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>: Enjoying the work you do or working somewhere that relates to activities you like is a big bonus, but don't forget about your values</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Preparation is everything – the better prepared you are – the better the outcome. You need to do the work to be in a place to make the right choice and get the results you need. This is a theme that we will keep returning to over this course.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Do you care about the environment or want to improve the life of others?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Are you motivated by money?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Do you want to work somewhere that’s physically challenging?  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" kern="1200" dirty="0">
-[...2 lines deleted...]
-              <a:t>By understanding yourself and what you have to offer an employer you will:</a:t>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>[Press*]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Task 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> – What do you like and what motivates you? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>(Again, a couple minutes to come up with some answers.)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>You have a whole life and it's important for your </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> </a:t>
+              <a:t>own</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> wellbeing that you have the opportunity to nurture all the parts of that fulfill you. These do not have to be part of your job and could be activities that you do in your personal life, but if you can match at least some of these into your career it will make for a happier work life and a more fulfilling career. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" indent="-171450">
-[...10 lines deleted...]
-              <a:rPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" dirty="0"/>
-[...46 lines deleted...]
-            <a:endParaRPr lang="en-GB" kern="1200" dirty="0">
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>be more able to apply for jobs and sell yourself</a:t>
-[...30 lines deleted...]
-            </a:r>
+              <a:t>Loving what you do creates this passion to do well in your job. You're more motivated to succeed and are therefore more likely to put more time into your work - and therefore become more successful. People who do what they love sometimes don't see their job as work at all – now wouldn't that be a good outcome for us all! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Timing: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" dirty="0"/>
+              <a:t>30:00</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
-          </a:p>
-[...64 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA8CE8B9-6A58-4D87-B516-F25D94F6D43A}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1794441116"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2836206488"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -5962,51 +5448,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E3396144-B8CD-492E-841B-5888B66CED38}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6133,51 +5619,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C9C6F54-6D41-46A9-9194-726DA94CDA63}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6314,51 +5800,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0D01220C-9EA2-4D44-894E-4E96D4439D14}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6485,51 +5971,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F01230C6-E599-44EF-811F-BCD3331B7C8E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6731,51 +6217,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45B0FAA9-52CF-4A80-945E-27AA59FA0829}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -6963,51 +6449,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{60EF29F4-7D28-435B-BFD3-6BBE226F544D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -7330,51 +6816,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{498BF137-A770-4F9A-A928-771BB8CD9D83}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -7450,51 +6936,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD47290C-6DB1-4915-AEB0-462C0E12692D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -7548,51 +7034,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2ADD4DE1-0E8E-4FF8-B831-B5E13850F9E2}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -7826,51 +7312,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C604CBE1-396E-463B-A077-5EBC61A8D408}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -8081,51 +7567,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6C15CEBD-E542-48B9-8E91-35C3073EDF79}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>© Gateway 2022</a:t>
             </a:r>
           </a:p>
@@ -8299,51 +7785,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E35EE744-45C2-42F4-BDFC-D4B5A68EE1D7}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/20/2024</a:t>
+              <a:t>10/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8696,99 +8182,95 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.svg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink15.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image110.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image108.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image112.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image114.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink18.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image107.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image111.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink20.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image109.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image104.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image113.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink16.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink19.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image110.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image108.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image112.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink18.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image114.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image107.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image111.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image109.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image104.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink17.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image113.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image103.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image115.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image106.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image105.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image104.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.planitplus.net" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -8834,76 +8316,76 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="714652" y="2667066"/>
             <a:ext cx="3209277" cy="403064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Picture 12" descr="A picture containing graphical user interface&#10;&#10;Description automatically generated">
+          <p:cNvPr id="13" name="Picture 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FB4FC66-DD5A-C94D-A328-475DCC287999}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect b="7249"/>
+          <a:srcRect t="2624" b="2624"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4206699" y="1626770"/>
+            <a:off x="4206699" y="1741070"/>
             <a:ext cx="3797300" cy="3387840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42A4FC2C-047E-45A5-965D-8E1E3BF09BC6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
@@ -9325,2333 +8807,70 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{088CE83E-6C19-4FE2-9E19-D15F549AF746}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>© Gateway 2023</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>© Gateway 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1454121713"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...2261 lines deleted...]
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -13188,58 +10407,58 @@
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{701DB21C-C736-6542-1DA0-3C93A21E3A96}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4531536" y="5604058"/>
               <a:ext cx="2677631" cy="523220"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                   <a:latin typeface="Comic Sans MS" panose="030F0902030302020204" pitchFamily="66" charset="0"/>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
-                <a:t>TASK 5</a:t>
+                <a:t>TASK 3</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400">
+                <a:rPr lang="en-GB" sz="1400" dirty="0">
                   <a:latin typeface="Comic Sans MS" panose="030F0902030302020204" pitchFamily="66" charset="0"/>
                   <a:cs typeface="Simplified Arabic Fixed"/>
                 </a:rPr>
                 <a:t>: Think about an example of the soft skills.</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="73" name="Picture 72" descr="A picture containing outdoor object, night sky&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42B23CC1-7F32-22AC-2D06-A3EC5317AEA4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId26">
               <a:extLst>
@@ -13373,51 +10592,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14291,68 +11510,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5041199D-1FDA-BA42-B234-9A5F6C4D8E0A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1733322" y="5532523"/>
             <a:ext cx="2643301" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
               </a:rPr>
               <a:t>Activity 2 : </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
               </a:rPr>
               <a:t>Understanding my skills</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11" descr="Icon&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FEF4DB6-E856-154D-8932-14C248762579}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -14510,51 +11729,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7515061" y="6263837"/>
             <a:ext cx="1247775" cy="400050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3812052959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16212,51 +13431,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
               </a:rPr>
               <a:t>Activity 3 : Identifying career ideas</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2366044759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -16706,52 +13925,52 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BE0F48C-1FAC-49D8-86DD-ADCFFBD95C7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>© Gateway 2022</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>© Gateway 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3043946776"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="26A9C9"/>
         </a:solidFill>
@@ -17170,52 +14389,52 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D26D5B82-3B42-CA34-067E-45A15E8EBF21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>© Gateway 2024</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>© Gateway 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="AutoShape 6" descr="https://ukc-powerpoint.officeapps.live.com/pods/GetClipboardImage.ashx?Id=192edbc8-1920-4393-a01a-eb1178adada2&amp;DC=GUK1&amp;pkey=60b6929e-a844-4db0-b0b3-dc692804b881&amp;wdwaccluster=GUK1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFAA39C9-C350-235C-B671-991546FBDE87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="613337" y="2160798"/>
             <a:ext cx="3896433" cy="348525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -18445,51 +15664,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>What are your SKILLS and </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>PERSONAL QUALITIES?</a:t>
+              <a:t>VALUES?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Picture 20" descr="A picture containing graphical user interface&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{105EE1F6-D6BB-AB42-A2C3-A41712F034E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
@@ -24174,92 +21393,92 @@
             <a:xfrm>
               <a:off x="1460979" y="4400948"/>
               <a:ext cx="3262234" cy="1169551"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                 <a:buChar char="ü"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400"/>
-                <a:t>Always do your best.</a:t>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
+                <a:t>Togetherness</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                 <a:buChar char="ü"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400"/>
-                <a:t>No forecast is perfect, but try anyway.</a:t>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
+                <a:t>Caring for people and planet</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                 <a:buChar char="ü"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400"/>
-                <a:t>Respect and encourage people.</a:t>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
+                <a:t>Simplicity</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                 <a:buChar char="ü"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400"/>
-                <a:t>Always be learning.</a:t>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
+                <a:t>Renew and improve</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="285750" indent="-285750">
                 <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                 <a:buChar char="ü"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400"/>
-                <a:t>Respect the environment.</a:t>
+                <a:rPr lang="en-GB" sz="1400" dirty="0"/>
+                <a:t>Lead by example</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="25" name="Group 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C719B0C4-9AB4-42A8-B40B-E285E77F271C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5105236" y="1639013"/>
             <a:ext cx="2409825" cy="1961626"/>
             <a:chOff x="1270558" y="1409700"/>
             <a:chExt cx="2409825" cy="1961626"/>
           </a:xfrm>
         </p:grpSpPr>
@@ -24333,162 +21552,141 @@
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId11">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="1665834" y="1436904"/>
               <a:ext cx="1503882" cy="1818170"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
-      <p:grpSp>
-[...1 lines deleted...]
-          <p:cNvPr id="37" name="Group 36">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Rectangle: Rounded Corners 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4531D4E-7B36-4A1A-A8D8-0AE9DE68812C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3392050E-AEC8-428C-BF95-BBAAA4FB9F40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGrpSpPr/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
             <a:off x="857091" y="4659927"/>
             <a:ext cx="3045962" cy="965990"/>
-            <a:chOff x="723900" y="4257675"/>
-            <a:chExt cx="3848100" cy="1220379"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...91 lines deleted...]
-      </p:grpSp>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFC000">
+              <a:alpha val="69000"/>
+            </a:srgbClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent4"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="A yellow and blue sign&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A29870AD-B0BE-5108-B886-DEDBD543738D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId12">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1376457" y="4730074"/>
+            <a:ext cx="2010056" cy="809738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2351534015"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -24504,103 +21702,50 @@
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="25"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:animEffect transition="in" filter="fade">
                                       <p:cBhvr>
                                         <p:cTn id="7" dur="500"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="25"/>
-                                        </p:tgtEl>
-[...51 lines deleted...]
-                                          <p:spTgt spid="37"/>
                                         </p:tgtEl>
                                       </p:cBhvr>
                                     </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
@@ -25307,122 +22452,122 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="0"/>
                   </a:spcBef>
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:tabLst>
                     <a:tab pos="1474790" algn="l"/>
                   </a:tabLst>
                   <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:uFillTx/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" b="0" i="0" strike="noStrike" kern="1200" cap="none" spc="0" baseline="0">
+                  <a:rPr lang="en-GB" b="0" i="0" strike="noStrike" kern="1200" cap="none" spc="0" baseline="0" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                     <a:uFillTx/>
                     <a:latin typeface="Calibri"/>
                     <a:ea typeface=""/>
                     <a:cs typeface=""/>
                   </a:rPr>
                   <a:t>Integrity</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="0"/>
                   </a:spcBef>
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:tabLst>
                     <a:tab pos="1474790" algn="l"/>
                   </a:tabLst>
                   <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:uFillTx/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB">
+                  <a:rPr lang="en-GB" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                     <a:latin typeface="Calibri"/>
                     <a:ea typeface=""/>
                     <a:cs typeface=""/>
                   </a:rPr>
                   <a:t>Excellence</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="0"/>
                   </a:spcBef>
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:tabLst>
                     <a:tab pos="1474790" algn="l"/>
                   </a:tabLst>
                   <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:uFillTx/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" b="0" i="0" strike="noStrike" kern="1200" cap="none" spc="0" baseline="0">
+                  <a:rPr lang="en-GB" b="0" i="0" strike="noStrike" kern="1200" cap="none" spc="0" baseline="0" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                     <a:uFillTx/>
                     <a:latin typeface="Calibri"/>
                     <a:ea typeface=""/>
                     <a:cs typeface=""/>
                   </a:rPr>
                   <a:t>Respect</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="28" name="Rectangle 27">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433B36D9-37B3-4AE5-A9C6-9FFE5FE6DA3C}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
@@ -25885,50 +23030,823 @@
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA93977F-BEF3-EF45-8882-F5272036EF20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-6795"/>
+            <a:ext cx="4571998" cy="6876987"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="92D050"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Picture 28" descr="A picture containing text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BD0416B-4510-FE48-96B7-3FCE7E3EEE25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="188584">
+            <a:off x="5130066" y="2742139"/>
+            <a:ext cx="3478378" cy="3286525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="tx1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="TextBox 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{369F0404-C5C7-6340-8470-B47D7A8BFD77}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="179757">
+            <a:off x="5381414" y="3335338"/>
+            <a:ext cx="3060284" cy="2435282"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Career choices</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Understanding your </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>strengths and weaknesses</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Deciding which jobs to </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>apply for</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Writing a CV</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Application forms</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="92D050"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400">
+                <a:latin typeface="Simplified Arabic Fixed" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Applying in confidence.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="TextBox 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E804FFD-3B30-1C49-8660-884C0B6EFD9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1304410" y="735622"/>
+            <a:ext cx="2873137" cy="2693378"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Why identify your skills and values?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="TextBox 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32E1CC7E-F0FA-744D-9AED-49CB114D29F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5043431" y="1177798"/>
+            <a:ext cx="3793650" cy="1219214"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>By understanding </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>yourself </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>and</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> what you have to offer an employer </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>you will have </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>better chances of success </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>in: </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:effectLst/>
+              <a:latin typeface="Franklin Gothic" panose="020B7200000000000000" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="36" name="Picture 35" descr="Background pattern&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DB0B810-0E21-674E-AC91-73388BBE2526}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="8910"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="384765" y="-6796"/>
+            <a:ext cx="990600" cy="3435795"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="37" name="Picture 36" descr="A picture containing text, dark&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F86997-1181-8D49-91C2-B3903543D339}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502697" y="3576794"/>
+            <a:ext cx="3514710" cy="2272136"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="38" name="Picture 37" descr="Background pattern&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDBAC222-1EE0-F64B-8E16-26CADF1F9F0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId7" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="19776593">
+            <a:off x="4934635" y="-276305"/>
+            <a:ext cx="584773" cy="1592496"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="TextBox 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1FDF193-EDB2-FA45-AF3B-2A3B981B256C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="910605" y="3897841"/>
+            <a:ext cx="2698895" cy="1471436"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>PREPARATION IS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>EVERYTHING</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> – the </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Better prepared</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> - the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>better the outcome</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Reprise Title Std" panose="02000000000000000000" pitchFamily="2" charset="77"/>
+              <a:ea typeface="Zilla Slab Highlight" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ADCFF9F-CD4E-A8EC-DFF5-CCAB4C707F02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502697" y="6263445"/>
+            <a:ext cx="3094965" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>JOB SEEKING SKILLS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F296E31A-FE89-3EA5-94D5-C314AAAB2554}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7515061" y="6263837"/>
+            <a:ext cx="1247775" cy="400050"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1745734761"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Picture 44" descr="A picture containing sunset, nature, flock, bright&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{211C9F28-08B2-65F2-9BA0-30914927BDC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -26001,129 +23919,129 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CEE727E-D41F-4047-AE26-FC9A0623135B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1516291" y="503656"/>
             <a:ext cx="4809767" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" b="1">
+              <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Simplified Arabic Fixed"/>
                 <a:cs typeface="Simplified Arabic Fixed"/>
               </a:rPr>
               <a:t>Personal values?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink">
         <mc:Choice Requires="p14 aink">
           <p:contentPart p14:bwMode="auto" r:id="rId5">
             <p14:nvContentPartPr>
               <p14:cNvPr id="2" name="Ink 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE8BCF60-FF8F-CC42-8324-25ED37ABDEB1}"/>
                   </a:ext>
                 </a:extLst>
               </p14:cNvPr>
               <p14:cNvContentPartPr/>
               <p14:nvPr/>
             </p14:nvContentPartPr>
             <p14:xfrm>
               <a:off x="2900753" y="-49426"/>
               <a:ext cx="360" cy="360"/>
             </p14:xfrm>
           </p:contentPart>
         </mc:Choice>
         <mc:Fallback xmlns="">
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="2" name="Ink 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE8BCF60-FF8F-CC42-8324-25ED37ABDEB1}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
-              <a:blip r:embed="rId6"/>
+              <a:blip r:embed="rId7"/>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2882753" y="-157426"/>
                 <a:ext cx="36000" cy="216000"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
         </mc:Fallback>
       </mc:AlternateContent>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="A picture containing text, sign&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEBCE3E8-8CDA-5645-8722-78CFE25B78A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7" cstate="email">
+          <a:blip r:embed="rId8" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="589267" y="286843"/>
             <a:ext cx="770291" cy="764225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="TextBox 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -26155,277 +24073,156 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Maximus" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>JOB SEEKING SKILLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="44" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92393874-EEB5-7778-477F-57DC97EDE6B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8"/>
+          <a:blip r:embed="rId9"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7515061" y="6263837"/>
             <a:ext cx="1247775" cy="400050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CABF6E7-4D82-47D1-B827-2575F7FE548C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="0" y="5325499"/>
-            <a:ext cx="7000986" cy="1512285"/>
+            <a:ext cx="3574280" cy="978735"/>
             <a:chOff x="-26010" y="5107685"/>
-            <a:chExt cx="7000986" cy="1512285"/>
+            <a:chExt cx="3574280" cy="978735"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="12" name="Picture 11" descr="Background pattern&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F841ACD6-80AA-4B68-A91A-6E6C09665460}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
-            <a:blip r:embed="rId9">
+            <a:blip r:embed="rId10">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect t="21469"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="819804" y="4261871"/>
               <a:ext cx="849967" cy="2541595"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="13" name="Picture 12" descr="A picture containing outdoor object, night sky&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB34CD64-0466-4197-8333-8AC31E73B43E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId10">
+            <a:blip r:embed="rId11">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="2637731" y="5160831"/>
               <a:ext cx="910539" cy="925589"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
-        <p:grpSp>
-[...119 lines deleted...]
-        </p:grpSp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C07BC42-E59B-4264-B014-44E9067FC6EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId12">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -26441,166 +24238,162 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4A4F029-B067-4314-84E8-FD9147EE1CB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="874850" y="3292003"/>
-            <a:ext cx="1867085" cy="1855415"/>
+            <a:off x="876023" y="3292003"/>
+            <a:ext cx="1864738" cy="1855415"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Picture 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2692354-5BF8-43A0-9EC5-866D87D328F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3745818" y="1103919"/>
-            <a:ext cx="1982698" cy="810605"/>
+            <a:off x="3745818" y="1104982"/>
+            <a:ext cx="1982698" cy="808479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20" name="Picture 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E46644D-D75F-4567-802E-3638867FBE5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7085481" y="2699123"/>
-            <a:ext cx="1738029" cy="929901"/>
+            <a:off x="6566657" y="2671200"/>
+            <a:ext cx="2055907" cy="1115769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Picture 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F444321F-1990-401E-A6F9-9CF39E944A2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId16">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7054060" y="3962400"/>
-            <a:ext cx="1274474" cy="1252688"/>
+            <a:off x="7031809" y="4137585"/>
+            <a:ext cx="1656568" cy="1104378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Picture 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98353061-406C-4BE9-A1D9-3418E0CDA4B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId17">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -26621,100 +24414,263 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26" name="Picture 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E651D133-2118-44EA-9CA7-F7E5EA37DEA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId18">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1072393" y="1587138"/>
-            <a:ext cx="1932196" cy="1114729"/>
+            <a:off x="1072393" y="1617804"/>
+            <a:ext cx="1932196" cy="1053396"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Picture 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43CBA61E-DD35-4DE0-9227-7A3C11E0A07B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId19">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3628174" y="1762798"/>
             <a:ext cx="2314898" cy="2381582"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rounded Rectangle 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444D4793-935D-832F-050E-23DD278EC155}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3719808" y="5670508"/>
+            <a:ext cx="3595392" cy="683835"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="Icon&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA455D1-C863-A06C-4719-A37B1B8D2AE0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId20" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3699808" y="5704874"/>
+            <a:ext cx="875017" cy="927001"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D947C857-E516-5127-6CA3-E691533CF17B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId21" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-1" t="8740" r="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4463393" y="5867689"/>
+            <a:ext cx="2661307" cy="307778"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4F0A9E9-4D26-9175-FE34-1D2684E891DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4490265" y="5881191"/>
+            <a:ext cx="2579573" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Simplified Arabic Fixed" panose="02070309020205020404" pitchFamily="49" charset="-78"/>
+              </a:rPr>
+              <a:t>Activity 1 : My values</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="651861920"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -27122,51 +25078,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -28582,58 +26538,58 @@
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83BF1D86-D17A-575E-E7A7-559347EDC96E}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4110141" y="5629851"/>
                 <a:ext cx="2724185" cy="523220"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1400" b="1">
+                  <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                     <a:latin typeface="Comic Sans MS" panose="030F0902030302020204" pitchFamily="66" charset="0"/>
                     <a:cs typeface="Simplified Arabic Fixed"/>
                   </a:rPr>
-                  <a:t>TASK 3</a:t>
+                  <a:t>TASK 2</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1400">
+                  <a:rPr lang="en-GB" sz="1400" dirty="0">
                     <a:latin typeface="Comic Sans MS" panose="030F0902030302020204" pitchFamily="66" charset="0"/>
                     <a:cs typeface="Simplified Arabic Fixed"/>
                   </a:rPr>
                   <a:t>: What do you like and what motivates you?</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1542916596"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
@@ -28693,823 +26649,50 @@
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
-</p:sld>
-[...771 lines deleted...]
-  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office Theme">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -30038,50 +27221,62 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="2e7904b7-e244-4d81-93a5-bc4ce78c7ba4" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Notes0 xmlns="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DDF8ACE69569C24AA14F474A9FB06F99" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dda699016e33db0fdef173336aea7386">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="01cf4cd0-43d3-4807-8293-ab2daed645c4" xmlns:ns3="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6" xmlns:ns4="2e7904b7-e244-4d81-93a5-bc4ce78c7ba4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fad4432e7e8ac441f1efd891e84a26b" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="01cf4cd0-43d3-4807-8293-ab2daed645c4"/>
     <xsd:import namespace="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6"/>
     <xsd:import namespace="2e7904b7-e244-4d81-93a5-bc4ce78c7ba4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:Notes0" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -30311,176 +27506,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9A634E-7ACB-4CEB-A015-32D6A70E2AA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="2e7904b7-e244-4d81-93a5-bc4ce78c7ba4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6"/>
+    <ds:schemaRef ds:uri="01cf4cd0-43d3-4807-8293-ab2daed645c4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{523CA4A3-76D2-4982-8474-6283EB78C877}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="01cf4cd0-43d3-4807-8293-ab2daed645c4"/>
     <ds:schemaRef ds:uri="52e4bc0e-a58c-49e7-bdc2-09ba9c9bc8c6"/>
     <ds:schemaRef ds:uri="2e7904b7-e244-4d81-93a5-bc4ce78c7ba4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73F614A-E661-486E-94CD-919FE973C1AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>3204</Words>
+  <Words>2887</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>392</Paragraphs>
-[...1 lines deleted...]
-  <Notes>14</Notes>
+  <Paragraphs>353</Paragraphs>
+  <Slides>13</Slides>
+  <Notes>13</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>20</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
-      <vt:lpstr>Zilla Slab Highlight</vt:lpstr>
+    <vt:vector size="31" baseType="lpstr">
+      <vt:lpstr>Franklin Gothic Medium</vt:lpstr>
+      <vt:lpstr>Comic Sans MS</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Ayuthaya</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Gill Sans MT</vt:lpstr>
       <vt:lpstr>Franklin Gothic Book</vt:lpstr>
-      <vt:lpstr>Segoe UI</vt:lpstr>
       <vt:lpstr>Simplified Arabic Fixed</vt:lpstr>
-      <vt:lpstr>Reprise Title Std</vt:lpstr>
       <vt:lpstr>Arial,Sans-Serif</vt:lpstr>
       <vt:lpstr>Franklin Gothic</vt:lpstr>
+      <vt:lpstr>Gill Sans MT</vt:lpstr>
+      <vt:lpstr>Bradley Hand ITC</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Maximus</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Bahnschrift SemiLight SemiConde</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Comic Sans MS</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Maximus</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Stencil</vt:lpstr>
+      <vt:lpstr>Reprise Title Std</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 